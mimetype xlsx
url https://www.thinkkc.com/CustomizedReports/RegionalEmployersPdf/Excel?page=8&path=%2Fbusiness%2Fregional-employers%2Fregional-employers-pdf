--- v0 (2025-10-06)
+++ v1 (2025-11-20)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Employee List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1550" uniqueCount="1550">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1548" uniqueCount="1548">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Industry</t>
   </si>
   <si>
     <t>1A Auto</t>
   </si>
   <si>
     <t>Auto parts distribution</t>
   </si>
   <si>
     <t>Distribution</t>
   </si>
   <si>
     <t>A &amp; M Products, a subsidiary of The Clorox Co.</t>
   </si>
   <si>
     <t>Kitty litter mfg.</t>
   </si>
   <si>
@@ -69,51 +69,51 @@
   <si>
     <t>Apparel distribution</t>
   </si>
   <si>
     <t>Aaon, Inc.</t>
   </si>
   <si>
     <t>Environmental controls mfg.</t>
   </si>
   <si>
     <t>Manufacturing</t>
   </si>
   <si>
     <t>Abbott eScreen</t>
   </si>
   <si>
     <t>Next generation drug screening (Hdq.)</t>
   </si>
   <si>
     <t>Bioscience, Headquarters</t>
   </si>
   <si>
     <t>Acendas</t>
   </si>
   <si>
-    <t>Travel Management (Hdq.)</t>
+    <t>Travel management (Hdq.)</t>
   </si>
   <si>
     <t>Headquarters</t>
   </si>
   <si>
     <t>ACI Boland Architects</t>
   </si>
   <si>
     <t>Architecture, interiors and planning</t>
   </si>
   <si>
     <t>Architectural Engineering</t>
   </si>
   <si>
     <t>Adams Cable</t>
   </si>
   <si>
     <t>Cable equipment (Hdq.)</t>
   </si>
   <si>
     <t>Adient</t>
   </si>
   <si>
     <t>Automobile interiors mfg.</t>
   </si>
@@ -1107,51 +1107,51 @@
   <si>
     <t>Facilities management and maintenance (Hdq.)</t>
   </si>
   <si>
     <t>Clarios</t>
   </si>
   <si>
     <t>Automotive storage battery mfg. &amp; distribution</t>
   </si>
   <si>
     <t>Distribution, Contact Centers, Manufacturing, Information Technology</t>
   </si>
   <si>
     <t>Clarivate</t>
   </si>
   <si>
     <t>Data analytics and services for academia, government, intellectual property, life sciences and healthcare industries</t>
   </si>
   <si>
     <t>Clark &amp; Enersen</t>
   </si>
   <si>
     <t>Full-service design firm in primary disciplines of architecture, interior design, landscape architecture, planning, and mechanical, electrical, structural and civil engineering</t>
   </si>
   <si>
-    <t>Clarkson Construction Co</t>
+    <t>Clarkson Construction Company</t>
   </si>
   <si>
     <t>Construction firm specializing in large-scale projects such as highways, interstates, bridges and sports facilities (Hdq.)</t>
   </si>
   <si>
     <t>Clay County, Missouri</t>
   </si>
   <si>
     <t>County government</t>
   </si>
   <si>
     <t>Clinical Reference Laboratory</t>
   </si>
   <si>
     <t>Pharmaceutical testing laboratory</t>
   </si>
   <si>
     <t>Bioscience, Information Technology</t>
   </si>
   <si>
     <t>Cloud Inventory</t>
   </si>
   <si>
     <t>Cloud-based inventory solutions provider</t>
   </si>
@@ -1224,50 +1224,56 @@
   <si>
     <t>Copaken Brooks</t>
   </si>
   <si>
     <t>Commercial real estate (Hdq.)</t>
   </si>
   <si>
     <t>Coperion</t>
   </si>
   <si>
     <t>Industrial automation equipment mfg. (Divisional Hdq.)</t>
   </si>
   <si>
     <t>Corbion</t>
   </si>
   <si>
     <t>Commercial baking products mfg. (N.A. Hdq.)</t>
   </si>
   <si>
     <t>Cordish Living</t>
   </si>
   <si>
     <t>Real estate development</t>
   </si>
   <si>
+    <t>Cornerstone Building Brands</t>
+  </si>
+  <si>
+    <t>Vinyl siding &amp; related products mfg. (Hdq.)</t>
+  </si>
+  <si>
     <t>Country Club Bank CCB Corporation</t>
   </si>
   <si>
     <t>Community bank (Hdq.)</t>
   </si>
   <si>
     <t>Covisian</t>
   </si>
   <si>
     <t>Call center management operation (Hdq.)</t>
   </si>
   <si>
     <t>Contact Centers, Headquarters</t>
   </si>
   <si>
     <t>CRB</t>
   </si>
   <si>
     <t>Global design, construction and consulting firm for advanced technology industries (Hdq.)</t>
   </si>
   <si>
     <t>Creative Planning</t>
   </si>
   <si>
     <t>Wealth advisory firm (Hdq.)</t>
@@ -1437,51 +1443,51 @@
   <si>
     <t>Full-service mechanical, electrical and plumbing engineering design and consulting firm (Hdq.)</t>
   </si>
   <si>
     <t>Dickinson Financial Corporation Bank Midwest</t>
   </si>
   <si>
     <t>Dillard's</t>
   </si>
   <si>
     <t>Retailer distribution center</t>
   </si>
   <si>
     <t>Dimensional Innovations</t>
   </si>
   <si>
     <t>Design, build and technology firm (Hdq.)</t>
   </si>
   <si>
     <t>Architectural Engineering, Headquarters, Information Technology</t>
   </si>
   <si>
     <t>DIT-MCO International</t>
   </si>
   <si>
-    <t>Electronic, optical, &amp; measuring devices mfg.</t>
+    <t>Electronic, optical, &amp; measuring devices mfg. (Hdq.)</t>
   </si>
   <si>
     <t>Headquarters, Manufacturing, Information Technology</t>
   </si>
   <si>
     <t>Doherty Steel, Inc.</t>
   </si>
   <si>
     <t>Design, fabricate and erect structural steel</t>
   </si>
   <si>
     <t xml:space="preserve">Donaldson Co.,  Inc.</t>
   </si>
   <si>
     <t>Air cleaners mfg.</t>
   </si>
   <si>
     <t>dsm-firmenich</t>
   </si>
   <si>
     <t>Global agricultural researcher and producer of feed additives (Hdq.)</t>
   </si>
   <si>
     <t>Durvet, Inc.</t>
   </si>
@@ -1495,53 +1501,50 @@
     <t>E-Circuits</t>
   </si>
   <si>
     <t>Electronic components mfg.</t>
   </si>
   <si>
     <t>Earp Meat Company</t>
   </si>
   <si>
     <t>Food chain distributor</t>
   </si>
   <si>
     <t>ECCO Select</t>
   </si>
   <si>
     <t>Talent acquisition and consulting firm</t>
   </si>
   <si>
     <t>ECS Geothermal</t>
   </si>
   <si>
     <t>Geothermal systems</t>
   </si>
   <si>
     <t>EducationDynamics</t>
-  </si>
-[...1 lines deleted...]
-    <t>Advertising</t>
   </si>
   <si>
     <t>Edward Jones</t>
   </si>
   <si>
     <t>Investment services</t>
   </si>
   <si>
     <t>Elanco Animal Health</t>
   </si>
   <si>
     <t>Veterinary biotherapeutic and pharmaceutical mfg.</t>
   </si>
   <si>
     <t>Elecsys Corporation</t>
   </si>
   <si>
     <t>Electrical &amp; electronic mfg.</t>
   </si>
   <si>
     <t>Elixir Solutions</t>
   </si>
   <si>
     <t>Pharmacy Benefits Manager</t>
   </si>
@@ -2218,53 +2221,50 @@
   <si>
     <t>Flight school and aircraft maintenance</t>
   </si>
   <si>
     <t>Hickman Mills School District</t>
   </si>
   <si>
     <t>Higginsville Habilitation Center</t>
   </si>
   <si>
     <t>Sheltered workshop</t>
   </si>
   <si>
     <t>Hiland Dairy Foods</t>
   </si>
   <si>
     <t>Milk, ice cream and orange juice mfg.</t>
   </si>
   <si>
     <t>Hill's Pet Nutrition, Inc.</t>
   </si>
   <si>
     <t>Pet food mfg. (Hdq.)</t>
   </si>
   <si>
-    <t>Bioscience, Distribution, Contact Centers, Headquarters, Manufacturing</t>
-[...1 lines deleted...]
-  <si>
     <t>HiPower Systems</t>
   </si>
   <si>
     <t>Generator mfg. (Hdq.)</t>
   </si>
   <si>
     <t>Hisonic</t>
   </si>
   <si>
     <t>Avionics custom transformers and inductors mfg.</t>
   </si>
   <si>
     <t>HMXLive</t>
   </si>
   <si>
     <t>Full service sound, lighting, video rental, sales and services production company (Hdq.)</t>
   </si>
   <si>
     <t>HNTB Corporation</t>
   </si>
   <si>
     <t>Infrastructure solutions firm (Hdq.)</t>
   </si>
   <si>
     <t>Hoefer Welker</t>
@@ -2900,51 +2900,51 @@
   <si>
     <t>Chocolate candy mfg.</t>
   </si>
   <si>
     <t>Marsh McLennan Agency</t>
   </si>
   <si>
     <t>Insurance, risk management, and employee benefit services</t>
   </si>
   <si>
     <t>Martinrea Riverside LLC</t>
   </si>
   <si>
     <t>Automotive engine and rear suspension cradles mfg.</t>
   </si>
   <si>
     <t>Marvin Cos.</t>
   </si>
   <si>
     <t>Residential window and door mfg.</t>
   </si>
   <si>
     <t>Master's Transportation</t>
   </si>
   <si>
-    <t>Van, bus and shuttle mfg.</t>
+    <t>Van, bus and shuttle mfg. (Hdq.)</t>
   </si>
   <si>
     <t>Maximus</t>
   </si>
   <si>
     <t>Data mgmt. services for education &amp; gov't.</t>
   </si>
   <si>
     <t>May Technology &amp; Mfg., Inc.</t>
   </si>
   <si>
     <t>High-tech aerospace parts mfg.</t>
   </si>
   <si>
     <t>Mazuma Credit Union</t>
   </si>
   <si>
     <t>Banking and financial services (Hdq.)</t>
   </si>
   <si>
     <t>MC Power Companies</t>
   </si>
   <si>
     <t>Radiant outdoor heating</t>
   </si>
@@ -3444,56 +3444,50 @@
     <t>Pioneer Container Corp.</t>
   </si>
   <si>
     <t>Paper bag mfg.</t>
   </si>
   <si>
     <t>Piper-Kansas City School District</t>
   </si>
   <si>
     <t>Piston Automotive</t>
   </si>
   <si>
     <t>Pivot International</t>
   </si>
   <si>
     <t>Electrical mfg. assemblies (Hdq.)</t>
   </si>
   <si>
     <t>Platte County R-3 School District</t>
   </si>
   <si>
     <t>Platte County, Missouri</t>
   </si>
   <si>
     <t>Pleasant Hill R-III School District</t>
-  </si>
-[...4 lines deleted...]
-    <t>Vinyl siding &amp; related products mfg. (Hdq.)</t>
   </si>
   <si>
     <t>PNC Bank</t>
   </si>
   <si>
     <t>Polsinelli PC</t>
   </si>
   <si>
     <t>Polynt Composites</t>
   </si>
   <si>
     <t>Chemical mfg.</t>
   </si>
   <si>
     <t>Polytainers Inc.</t>
   </si>
   <si>
     <t>Plastic containers mfg.</t>
   </si>
   <si>
     <t>Populous</t>
   </si>
   <si>
     <t>Architectural and design services specializing in sports facilities, arenas and convention centers as well as major special events (Hdq.)</t>
   </si>
@@ -3918,51 +3912,51 @@
   <si>
     <t xml:space="preserve">Electronic components design for many industrial industries including aerospace (N.A.  Hdq.)</t>
   </si>
   <si>
     <t>SnapIT Solutions LLC</t>
   </si>
   <si>
     <t>Technology solutions and training (Hdq.)</t>
   </si>
   <si>
     <t>Solar Spectrum</t>
   </si>
   <si>
     <t>Solar panel company, sales and support center</t>
   </si>
   <si>
     <t>SOR, Inc.</t>
   </si>
   <si>
     <t>Mechanical and electronic devices mfg. (Hdq.)</t>
   </si>
   <si>
     <t>Sosland Publishing Company</t>
   </si>
   <si>
-    <t>Trade publishing</t>
+    <t>Trade publishing (Hdq.)</t>
   </si>
   <si>
     <t>South Western Communications, Inc.</t>
   </si>
   <si>
     <t>Technology and security solutions</t>
   </si>
   <si>
     <t>Southern Glazer's Wine and Spirits of Kansas</t>
   </si>
   <si>
     <t>Wine, spirits and beer distributor (Hdq.)</t>
   </si>
   <si>
     <t>Southwest Airlines</t>
   </si>
   <si>
     <t>Sparhawk Laboratories, Inc.</t>
   </si>
   <si>
     <t>Spectrum</t>
   </si>
   <si>
     <t>Cable television</t>
   </si>
@@ -4542,51 +4536,51 @@
   <si>
     <t>Vytelle</t>
   </si>
   <si>
     <t>In vitro fertilization for livestock (Hdq.)</t>
   </si>
   <si>
     <t>Wabtec</t>
   </si>
   <si>
     <t>Locomotive parts mfg.</t>
   </si>
   <si>
     <t>Wachter Electric Company Wachter Network Services</t>
   </si>
   <si>
     <t>Service provider of electrical, data, communications, and automation (Hdq.)</t>
   </si>
   <si>
     <t>Wagner Logistics</t>
   </si>
   <si>
     <t>Trucking, warehousing, logistics (Hdq.)</t>
   </si>
   <si>
-    <t>Wallgreens Co.</t>
+    <t>Walgreens Co.</t>
   </si>
   <si>
     <t>Retail distribution center</t>
   </si>
   <si>
     <t>Walmart Stores, Inc.</t>
   </si>
   <si>
     <t>Walter P. Moore and Associates, Inc.</t>
   </si>
   <si>
     <t>Structural and civil engineering firm</t>
   </si>
   <si>
     <t>Washburn University</t>
   </si>
   <si>
     <t>Waste Management</t>
   </si>
   <si>
     <t>Waste management services</t>
   </si>
   <si>
     <t>WellSky Corporation</t>
   </si>
@@ -7028,6907 +7022,6907 @@
         <v>403</v>
       </c>
       <c r="C207" s="0" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="0" t="s">
         <v>404</v>
       </c>
       <c r="B208" s="0" t="s">
         <v>405</v>
       </c>
       <c r="C208" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="0" t="s">
         <v>406</v>
       </c>
       <c r="B209" s="0" t="s">
         <v>407</v>
       </c>
       <c r="C209" s="0" t="s">
-        <v>162</v>
+        <v>128</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="0" t="s">
         <v>408</v>
       </c>
       <c r="B210" s="0" t="s">
         <v>409</v>
       </c>
       <c r="C210" s="0" t="s">
-        <v>410</v>
+        <v>162</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="0" t="s">
+        <v>410</v>
+      </c>
+      <c r="B211" s="0" t="s">
         <v>411</v>
       </c>
-      <c r="B211" s="0" t="s">
+      <c r="C211" s="0" t="s">
         <v>412</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="0" t="s">
         <v>413</v>
       </c>
       <c r="B212" s="0" t="s">
         <v>414</v>
       </c>
       <c r="C212" s="0" t="s">
-        <v>264</v>
+        <v>173</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="0" t="s">
         <v>415</v>
       </c>
       <c r="B213" s="0" t="s">
         <v>416</v>
       </c>
       <c r="C213" s="0" t="s">
-        <v>417</v>
+        <v>264</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="0" t="s">
+        <v>417</v>
+      </c>
+      <c r="B214" s="0" t="s">
         <v>418</v>
       </c>
-      <c r="B214" s="0" t="s">
+      <c r="C214" s="0" t="s">
         <v>419</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="0" t="s">
         <v>420</v>
       </c>
       <c r="B215" s="0" t="s">
         <v>421</v>
       </c>
       <c r="C215" s="0" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="0" t="s">
         <v>422</v>
       </c>
       <c r="B216" s="0" t="s">
         <v>423</v>
       </c>
       <c r="C216" s="0" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="0" t="s">
         <v>424</v>
       </c>
       <c r="B217" s="0" t="s">
         <v>425</v>
       </c>
       <c r="C217" s="0" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="0" t="s">
         <v>426</v>
       </c>
       <c r="B218" s="0" t="s">
-        <v>111</v>
+        <v>427</v>
       </c>
       <c r="C218" s="0" t="s">
-        <v>39</v>
+        <v>11</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="0" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="B219" s="0" t="s">
-        <v>428</v>
+        <v>111</v>
       </c>
       <c r="C219" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="0" t="s">
         <v>429</v>
       </c>
       <c r="B220" s="0" t="s">
         <v>430</v>
       </c>
       <c r="C220" s="0" t="s">
-        <v>128</v>
+        <v>16</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="0" t="s">
         <v>431</v>
       </c>
       <c r="B221" s="0" t="s">
         <v>432</v>
       </c>
       <c r="C221" s="0" t="s">
-        <v>433</v>
+        <v>128</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="0" t="s">
+        <v>433</v>
+      </c>
+      <c r="B222" s="0" t="s">
         <v>434</v>
       </c>
-      <c r="B222" s="0" t="s">
+      <c r="C222" s="0" t="s">
         <v>435</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="0" t="s">
         <v>436</v>
       </c>
       <c r="B223" s="0" t="s">
         <v>437</v>
       </c>
       <c r="C223" s="0" t="s">
-        <v>438</v>
+        <v>125</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="0" t="s">
+        <v>438</v>
+      </c>
+      <c r="B224" s="0" t="s">
         <v>439</v>
       </c>
-      <c r="B224" s="0" t="s">
+      <c r="C224" s="0" t="s">
         <v>440</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="0" t="s">
         <v>441</v>
       </c>
       <c r="B225" s="0" t="s">
         <v>442</v>
       </c>
       <c r="C225" s="0" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="0" t="s">
         <v>443</v>
       </c>
       <c r="B226" s="0" t="s">
         <v>444</v>
       </c>
       <c r="C226" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="0" t="s">
         <v>445</v>
       </c>
       <c r="B227" s="0" t="s">
-        <v>177</v>
+        <v>446</v>
       </c>
       <c r="C227" s="0" t="s">
-        <v>39</v>
+        <v>16</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="0" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="B228" s="0" t="s">
-        <v>447</v>
+        <v>177</v>
       </c>
       <c r="C228" s="0" t="s">
-        <v>144</v>
+        <v>39</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="0" t="s">
         <v>448</v>
       </c>
       <c r="B229" s="0" t="s">
         <v>449</v>
       </c>
       <c r="C229" s="0" t="s">
-        <v>34</v>
+        <v>144</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="0" t="s">
         <v>450</v>
       </c>
       <c r="B230" s="0" t="s">
         <v>451</v>
       </c>
       <c r="C230" s="0" t="s">
-        <v>433</v>
+        <v>34</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="0" t="s">
         <v>452</v>
       </c>
       <c r="B231" s="0" t="s">
         <v>453</v>
       </c>
       <c r="C231" s="0" t="s">
-        <v>122</v>
+        <v>435</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="0" t="s">
         <v>454</v>
       </c>
       <c r="B232" s="0" t="s">
         <v>455</v>
       </c>
       <c r="C232" s="0" t="s">
-        <v>456</v>
+        <v>122</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="0" t="s">
+        <v>456</v>
+      </c>
+      <c r="B233" s="0" t="s">
         <v>457</v>
       </c>
-      <c r="B233" s="0" t="s">
+      <c r="C233" s="0" t="s">
         <v>458</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="0" t="s">
         <v>459</v>
       </c>
       <c r="B234" s="0" t="s">
         <v>460</v>
       </c>
       <c r="C234" s="0" t="s">
-        <v>39</v>
+        <v>139</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="0" t="s">
         <v>461</v>
       </c>
       <c r="B235" s="0" t="s">
         <v>462</v>
       </c>
       <c r="C235" s="0" t="s">
-        <v>463</v>
+        <v>39</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="0" t="s">
+        <v>463</v>
+      </c>
+      <c r="B236" s="0" t="s">
         <v>464</v>
       </c>
-      <c r="B236" s="0" t="s">
+      <c r="C236" s="0" t="s">
         <v>465</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="0" t="s">
         <v>466</v>
       </c>
       <c r="B237" s="0" t="s">
         <v>467</v>
       </c>
       <c r="C237" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="0" t="s">
         <v>468</v>
       </c>
       <c r="B238" s="0" t="s">
         <v>469</v>
       </c>
       <c r="C238" s="0" t="s">
-        <v>173</v>
+        <v>5</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="0" t="s">
         <v>470</v>
       </c>
       <c r="B239" s="0" t="s">
-        <v>384</v>
+        <v>471</v>
       </c>
       <c r="C239" s="0" t="s">
-        <v>162</v>
+        <v>173</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="0" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B240" s="0" t="s">
-        <v>472</v>
+        <v>384</v>
       </c>
       <c r="C240" s="0" t="s">
-        <v>5</v>
+        <v>162</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="0" t="s">
         <v>473</v>
       </c>
       <c r="B241" s="0" t="s">
         <v>474</v>
       </c>
       <c r="C241" s="0" t="s">
-        <v>475</v>
+        <v>5</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="0" t="s">
+        <v>475</v>
+      </c>
+      <c r="B242" s="0" t="s">
         <v>476</v>
       </c>
-      <c r="B242" s="0" t="s">
+      <c r="C242" s="0" t="s">
         <v>477</v>
-      </c>
-[...1 lines deleted...]
-        <v>478</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="0" t="s">
+        <v>478</v>
+      </c>
+      <c r="B243" s="0" t="s">
         <v>479</v>
       </c>
-      <c r="B243" s="0" t="s">
+      <c r="C243" s="0" t="s">
         <v>480</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="0" t="s">
         <v>481</v>
       </c>
       <c r="B244" s="0" t="s">
         <v>482</v>
       </c>
       <c r="C244" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="0" t="s">
         <v>483</v>
       </c>
       <c r="B245" s="0" t="s">
         <v>484</v>
       </c>
       <c r="C245" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="0" t="s">
         <v>485</v>
       </c>
       <c r="B246" s="0" t="s">
         <v>486</v>
       </c>
       <c r="C246" s="0" t="s">
-        <v>487</v>
+        <v>19</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="0" t="s">
+        <v>487</v>
+      </c>
+      <c r="B247" s="0" t="s">
         <v>488</v>
       </c>
-      <c r="B247" s="0" t="s">
+      <c r="C247" s="0" t="s">
         <v>489</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="0" t="s">
         <v>490</v>
       </c>
       <c r="B248" s="0" t="s">
         <v>491</v>
       </c>
       <c r="C248" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="0" t="s">
         <v>492</v>
       </c>
       <c r="B249" s="0" t="s">
         <v>493</v>
       </c>
       <c r="C249" s="0" t="s">
-        <v>39</v>
+        <v>5</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="0" t="s">
         <v>494</v>
       </c>
       <c r="B250" s="0" t="s">
         <v>495</v>
       </c>
       <c r="C250" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="0" t="s">
         <v>496</v>
       </c>
       <c r="B251" s="0" t="s">
         <v>497</v>
       </c>
       <c r="C251" s="0" t="s">
-        <v>22</v>
+        <v>39</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="0" t="s">
         <v>498</v>
       </c>
       <c r="B252" s="0" t="s">
-        <v>499</v>
+        <v>168</v>
       </c>
       <c r="C252" s="0" t="s">
-        <v>122</v>
+        <v>22</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="0" t="s">
+        <v>499</v>
+      </c>
+      <c r="B253" s="0" t="s">
         <v>500</v>
       </c>
-      <c r="B253" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C253" s="0" t="s">
-        <v>8</v>
+        <v>122</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="0" t="s">
+        <v>501</v>
+      </c>
+      <c r="B254" s="0" t="s">
         <v>502</v>
       </c>
-      <c r="B254" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C254" s="0" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="0" t="s">
+        <v>503</v>
+      </c>
+      <c r="B255" s="0" t="s">
         <v>504</v>
       </c>
-      <c r="B255" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C255" s="0" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="0" t="s">
+        <v>505</v>
+      </c>
+      <c r="B256" s="0" t="s">
         <v>506</v>
       </c>
-      <c r="B256" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C256" s="0" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="0" t="s">
+        <v>507</v>
+      </c>
+      <c r="B257" s="0" t="s">
         <v>508</v>
       </c>
-      <c r="B257" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C257" s="0" t="s">
-        <v>264</v>
+        <v>25</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="0" t="s">
+        <v>509</v>
+      </c>
+      <c r="B258" s="0" t="s">
         <v>510</v>
       </c>
-      <c r="B258" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C258" s="0" t="s">
-        <v>241</v>
+        <v>264</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="0" t="s">
+        <v>511</v>
+      </c>
+      <c r="B259" s="0" t="s">
         <v>512</v>
       </c>
-      <c r="B259" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C259" s="0" t="s">
-        <v>39</v>
+        <v>241</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="0" t="s">
+        <v>513</v>
+      </c>
+      <c r="B260" s="0" t="s">
         <v>514</v>
       </c>
-      <c r="B260" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C260" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="0" t="s">
+        <v>515</v>
+      </c>
+      <c r="B261" s="0" t="s">
         <v>516</v>
       </c>
-      <c r="B261" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C261" s="0" t="s">
-        <v>39</v>
+        <v>16</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="0" t="s">
+        <v>517</v>
+      </c>
+      <c r="B262" s="0" t="s">
         <v>518</v>
       </c>
-      <c r="B262" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C262" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="0" t="s">
+        <v>519</v>
+      </c>
+      <c r="B263" s="0" t="s">
         <v>520</v>
       </c>
-      <c r="B263" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C263" s="0" t="s">
-        <v>39</v>
+        <v>16</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="0" t="s">
+        <v>521</v>
+      </c>
+      <c r="B264" s="0" t="s">
         <v>522</v>
       </c>
-      <c r="B264" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C264" s="0" t="s">
-        <v>22</v>
+        <v>39</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="0" t="s">
+        <v>523</v>
+      </c>
+      <c r="B265" s="0" t="s">
         <v>524</v>
       </c>
-      <c r="B265" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C265" s="0" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="0" t="s">
+        <v>525</v>
+      </c>
+      <c r="B266" s="0" t="s">
         <v>526</v>
       </c>
-      <c r="B266" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C266" s="0" t="s">
-        <v>264</v>
+        <v>25</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="0" t="s">
+        <v>527</v>
+      </c>
+      <c r="B267" s="0" t="s">
         <v>528</v>
       </c>
-      <c r="B267" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C267" s="0" t="s">
-        <v>162</v>
+        <v>264</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="0" t="s">
         <v>529</v>
       </c>
       <c r="B268" s="0" t="s">
-        <v>143</v>
+        <v>161</v>
       </c>
       <c r="C268" s="0" t="s">
-        <v>11</v>
+        <v>162</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="0" t="s">
         <v>530</v>
       </c>
       <c r="B269" s="0" t="s">
-        <v>453</v>
+        <v>143</v>
       </c>
       <c r="C269" s="0" t="s">
-        <v>122</v>
+        <v>11</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="0" t="s">
         <v>531</v>
       </c>
       <c r="B270" s="0" t="s">
-        <v>532</v>
+        <v>455</v>
       </c>
       <c r="C270" s="0" t="s">
-        <v>533</v>
+        <v>122</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="0" t="s">
+        <v>532</v>
+      </c>
+      <c r="B271" s="0" t="s">
+        <v>533</v>
+      </c>
+      <c r="C271" s="0" t="s">
         <v>534</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="0" t="s">
+        <v>535</v>
+      </c>
+      <c r="B272" s="0" t="s">
         <v>536</v>
       </c>
-      <c r="B272" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C272" s="0" t="s">
-        <v>264</v>
+        <v>34</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="0" t="s">
+        <v>537</v>
+      </c>
+      <c r="B273" s="0" t="s">
         <v>538</v>
       </c>
-      <c r="B273" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C273" s="0" t="s">
-        <v>11</v>
+        <v>264</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="0" t="s">
+        <v>539</v>
+      </c>
+      <c r="B274" s="0" t="s">
         <v>540</v>
       </c>
-      <c r="B274" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C274" s="0" t="s">
-        <v>410</v>
+        <v>11</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="0" t="s">
+        <v>541</v>
+      </c>
+      <c r="B275" s="0" t="s">
         <v>542</v>
       </c>
-      <c r="B275" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C275" s="0" t="s">
-        <v>544</v>
+        <v>412</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="0" t="s">
+        <v>543</v>
+      </c>
+      <c r="B276" s="0" t="s">
+        <v>544</v>
+      </c>
+      <c r="C276" s="0" t="s">
         <v>545</v>
-      </c>
-[...4 lines deleted...]
-        <v>547</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="0" t="s">
+        <v>546</v>
+      </c>
+      <c r="B277" s="0" t="s">
+        <v>547</v>
+      </c>
+      <c r="C277" s="0" t="s">
         <v>548</v>
-      </c>
-[...4 lines deleted...]
-        <v>463</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="0" t="s">
+        <v>549</v>
+      </c>
+      <c r="B278" s="0" t="s">
         <v>550</v>
       </c>
-      <c r="B278" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C278" s="0" t="s">
-        <v>39</v>
+        <v>465</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="0" t="s">
         <v>551</v>
       </c>
       <c r="B279" s="0" t="s">
-        <v>552</v>
+        <v>177</v>
       </c>
       <c r="C279" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="0" t="s">
+        <v>552</v>
+      </c>
+      <c r="B280" s="0" t="s">
         <v>553</v>
       </c>
-      <c r="B280" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C280" s="0" t="s">
-        <v>125</v>
+        <v>16</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="0" t="s">
+        <v>554</v>
+      </c>
+      <c r="B281" s="0" t="s">
         <v>555</v>
       </c>
-      <c r="B281" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C281" s="0" t="s">
-        <v>90</v>
+        <v>125</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="0" t="s">
         <v>556</v>
       </c>
       <c r="B282" s="0" t="s">
-        <v>557</v>
+        <v>59</v>
       </c>
       <c r="C282" s="0" t="s">
-        <v>16</v>
+        <v>90</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="0" t="s">
+        <v>557</v>
+      </c>
+      <c r="B283" s="0" t="s">
         <v>558</v>
       </c>
-      <c r="B283" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C283" s="0" t="s">
-        <v>128</v>
+        <v>16</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="0" t="s">
+        <v>559</v>
+      </c>
+      <c r="B284" s="0" t="s">
         <v>560</v>
       </c>
-      <c r="B284" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C284" s="0" t="s">
-        <v>16</v>
+        <v>128</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="0" t="s">
+        <v>561</v>
+      </c>
+      <c r="B285" s="0" t="s">
         <v>562</v>
       </c>
-      <c r="B285" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C285" s="0" t="s">
-        <v>39</v>
+        <v>16</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="0" t="s">
+        <v>563</v>
+      </c>
+      <c r="B286" s="0" t="s">
         <v>564</v>
       </c>
-      <c r="B286" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C286" s="0" t="s">
-        <v>84</v>
+        <v>39</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="0" t="s">
+        <v>565</v>
+      </c>
+      <c r="B287" s="0" t="s">
         <v>566</v>
       </c>
-      <c r="B287" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C287" s="0" t="s">
-        <v>463</v>
+        <v>84</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="0" t="s">
+        <v>567</v>
+      </c>
+      <c r="B288" s="0" t="s">
         <v>568</v>
       </c>
-      <c r="B288" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C288" s="0" t="s">
-        <v>39</v>
+        <v>465</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="0" t="s">
+        <v>569</v>
+      </c>
+      <c r="B289" s="0" t="s">
         <v>570</v>
       </c>
-      <c r="B289" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C289" s="0" t="s">
-        <v>22</v>
+        <v>39</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="0" t="s">
+        <v>571</v>
+      </c>
+      <c r="B290" s="0" t="s">
         <v>572</v>
       </c>
-      <c r="B290" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C290" s="0" t="s">
-        <v>128</v>
+        <v>22</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="0" t="s">
+        <v>573</v>
+      </c>
+      <c r="B291" s="0" t="s">
         <v>574</v>
       </c>
-      <c r="B291" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C291" s="0" t="s">
-        <v>39</v>
+        <v>128</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="0" t="s">
+        <v>575</v>
+      </c>
+      <c r="B292" s="0" t="s">
         <v>576</v>
       </c>
-      <c r="B292" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C292" s="0" t="s">
-        <v>125</v>
+        <v>39</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="0" t="s">
+        <v>577</v>
+      </c>
+      <c r="B293" s="0" t="s">
         <v>578</v>
       </c>
-      <c r="B293" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C293" s="0" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="0" t="s">
         <v>579</v>
       </c>
       <c r="B294" s="0" t="s">
-        <v>580</v>
+        <v>121</v>
       </c>
       <c r="C294" s="0" t="s">
-        <v>373</v>
+        <v>122</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="0" t="s">
+        <v>580</v>
+      </c>
+      <c r="B295" s="0" t="s">
         <v>581</v>
       </c>
-      <c r="B295" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C295" s="0" t="s">
-        <v>39</v>
+        <v>373</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="0" t="s">
+        <v>582</v>
+      </c>
+      <c r="B296" s="0" t="s">
         <v>583</v>
       </c>
-      <c r="B296" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C296" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="0" t="s">
+        <v>584</v>
+      </c>
+      <c r="B297" s="0" t="s">
         <v>585</v>
       </c>
-      <c r="B297" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C297" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="0" t="s">
+        <v>586</v>
+      </c>
+      <c r="B298" s="0" t="s">
         <v>587</v>
       </c>
-      <c r="B298" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C298" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="0" t="s">
+        <v>588</v>
+      </c>
+      <c r="B299" s="0" t="s">
         <v>589</v>
-      </c>
-[...1 lines deleted...]
-        <v>590</v>
       </c>
       <c r="C299" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="0" t="s">
+        <v>590</v>
+      </c>
+      <c r="B300" s="0" t="s">
         <v>591</v>
       </c>
-      <c r="B300" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C300" s="0" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="0" t="s">
+        <v>592</v>
+      </c>
+      <c r="B301" s="0" t="s">
         <v>593</v>
       </c>
-      <c r="B301" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C301" s="0" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="0" t="s">
+        <v>594</v>
+      </c>
+      <c r="B302" s="0" t="s">
         <v>595</v>
       </c>
-      <c r="B302" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C302" s="0" t="s">
-        <v>74</v>
+        <v>39</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="0" t="s">
+        <v>596</v>
+      </c>
+      <c r="B303" s="0" t="s">
         <v>597</v>
       </c>
-      <c r="B303" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C303" s="0" t="s">
-        <v>11</v>
+        <v>74</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="0" t="s">
+        <v>598</v>
+      </c>
+      <c r="B304" s="0" t="s">
         <v>599</v>
       </c>
-      <c r="B304" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C304" s="0" t="s">
-        <v>417</v>
+        <v>11</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="0" t="s">
         <v>600</v>
       </c>
       <c r="B305" s="0" t="s">
-        <v>601</v>
+        <v>212</v>
       </c>
       <c r="C305" s="0" t="s">
-        <v>39</v>
+        <v>419</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="0" t="s">
+        <v>601</v>
+      </c>
+      <c r="B306" s="0" t="s">
         <v>602</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="C306" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="0" t="s">
         <v>603</v>
       </c>
       <c r="B307" s="0" t="s">
-        <v>604</v>
+        <v>177</v>
       </c>
       <c r="C307" s="0" t="s">
-        <v>122</v>
+        <v>39</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="0" t="s">
+        <v>604</v>
+      </c>
+      <c r="B308" s="0" t="s">
         <v>605</v>
       </c>
-      <c r="B308" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C308" s="0" t="s">
-        <v>39</v>
+        <v>122</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="0" t="s">
         <v>606</v>
       </c>
       <c r="B309" s="0" t="s">
-        <v>607</v>
+        <v>370</v>
       </c>
       <c r="C309" s="0" t="s">
-        <v>144</v>
+        <v>39</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="0" t="s">
+        <v>607</v>
+      </c>
+      <c r="B310" s="0" t="s">
         <v>608</v>
       </c>
-      <c r="B310" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C310" s="0" t="s">
-        <v>74</v>
+        <v>144</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="0" t="s">
+        <v>609</v>
+      </c>
+      <c r="B311" s="0" t="s">
         <v>610</v>
       </c>
-      <c r="B311" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C311" s="0" t="s">
-        <v>39</v>
+        <v>74</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="0" t="s">
+        <v>611</v>
+      </c>
+      <c r="B312" s="0" t="s">
         <v>612</v>
       </c>
-      <c r="B312" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C312" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="0" t="s">
+        <v>613</v>
+      </c>
+      <c r="B313" s="0" t="s">
         <v>614</v>
-      </c>
-[...1 lines deleted...]
-        <v>615</v>
       </c>
       <c r="C313" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="0" t="s">
+        <v>615</v>
+      </c>
+      <c r="B314" s="0" t="s">
         <v>616</v>
       </c>
-      <c r="B314" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C314" s="0" t="s">
-        <v>173</v>
+        <v>16</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="0" t="s">
+        <v>617</v>
+      </c>
+      <c r="B315" s="0" t="s">
         <v>618</v>
       </c>
-      <c r="B315" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C315" s="0" t="s">
-        <v>39</v>
+        <v>173</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="0" t="s">
         <v>619</v>
       </c>
       <c r="B316" s="0" t="s">
-        <v>620</v>
+        <v>177</v>
       </c>
       <c r="C316" s="0" t="s">
-        <v>621</v>
+        <v>39</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="0" t="s">
+        <v>620</v>
+      </c>
+      <c r="B317" s="0" t="s">
+        <v>621</v>
+      </c>
+      <c r="C317" s="0" t="s">
         <v>622</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="0" t="s">
+        <v>623</v>
+      </c>
+      <c r="B318" s="0" t="s">
         <v>624</v>
-      </c>
-[...1 lines deleted...]
-        <v>625</v>
       </c>
       <c r="C318" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="0" t="s">
+        <v>625</v>
+      </c>
+      <c r="B319" s="0" t="s">
         <v>626</v>
       </c>
-      <c r="B319" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C319" s="0" t="s">
-        <v>173</v>
+        <v>16</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="0" t="s">
+        <v>627</v>
+      </c>
+      <c r="B320" s="0" t="s">
         <v>628</v>
       </c>
-      <c r="B320" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C320" s="0" t="s">
-        <v>282</v>
+        <v>173</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="0" t="s">
+        <v>629</v>
+      </c>
+      <c r="B321" s="0" t="s">
         <v>630</v>
       </c>
-      <c r="B321" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C321" s="0" t="s">
-        <v>139</v>
+        <v>282</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="0" t="s">
+        <v>631</v>
+      </c>
+      <c r="B322" s="0" t="s">
         <v>632</v>
       </c>
-      <c r="B322" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C322" s="0" t="s">
-        <v>90</v>
+        <v>139</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="0" t="s">
+        <v>633</v>
+      </c>
+      <c r="B323" s="0" t="s">
         <v>634</v>
       </c>
-      <c r="B323" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C323" s="0" t="s">
-        <v>128</v>
+        <v>90</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="0" t="s">
+        <v>635</v>
+      </c>
+      <c r="B324" s="0" t="s">
         <v>636</v>
       </c>
-      <c r="B324" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C324" s="0" t="s">
-        <v>16</v>
+        <v>128</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="0" t="s">
+        <v>637</v>
+      </c>
+      <c r="B325" s="0" t="s">
         <v>638</v>
-      </c>
-[...1 lines deleted...]
-        <v>596</v>
       </c>
       <c r="C325" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="0" t="s">
         <v>639</v>
       </c>
       <c r="B326" s="0" t="s">
-        <v>640</v>
+        <v>597</v>
       </c>
       <c r="C326" s="0" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="0" t="s">
+        <v>640</v>
+      </c>
+      <c r="B327" s="0" t="s">
         <v>641</v>
       </c>
-      <c r="B327" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C327" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="0" t="s">
+        <v>642</v>
+      </c>
+      <c r="B328" s="0" t="s">
         <v>643</v>
       </c>
-      <c r="B328" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C328" s="0" t="s">
-        <v>25</v>
+        <v>5</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="0" t="s">
+        <v>644</v>
+      </c>
+      <c r="B329" s="0" t="s">
         <v>645</v>
       </c>
-      <c r="B329" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C329" s="0" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="0" t="s">
+        <v>646</v>
+      </c>
+      <c r="B330" s="0" t="s">
         <v>647</v>
       </c>
-      <c r="B330" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C330" s="0" t="s">
-        <v>282</v>
+        <v>16</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="0" t="s">
+        <v>648</v>
+      </c>
+      <c r="B331" s="0" t="s">
         <v>649</v>
       </c>
-      <c r="B331" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C331" s="0" t="s">
-        <v>16</v>
+        <v>282</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="0" t="s">
+        <v>650</v>
+      </c>
+      <c r="B332" s="0" t="s">
         <v>651</v>
       </c>
-      <c r="B332" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C332" s="0" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="0" t="s">
+        <v>652</v>
+      </c>
+      <c r="B333" s="0" t="s">
         <v>653</v>
       </c>
-      <c r="B333" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C333" s="0" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="0" t="s">
+        <v>654</v>
+      </c>
+      <c r="B334" s="0" t="s">
         <v>655</v>
       </c>
-      <c r="B334" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C334" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="0" t="s">
+        <v>656</v>
+      </c>
+      <c r="B335" s="0" t="s">
         <v>657</v>
       </c>
-      <c r="B335" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C335" s="0" t="s">
-        <v>213</v>
+        <v>16</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="0" t="s">
         <v>658</v>
       </c>
       <c r="B336" s="0" t="s">
-        <v>177</v>
+        <v>212</v>
       </c>
       <c r="C336" s="0" t="s">
-        <v>39</v>
+        <v>213</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="0" t="s">
         <v>659</v>
       </c>
       <c r="B337" s="0" t="s">
-        <v>660</v>
+        <v>177</v>
       </c>
       <c r="C337" s="0" t="s">
-        <v>5</v>
+        <v>39</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="0" t="s">
+        <v>660</v>
+      </c>
+      <c r="B338" s="0" t="s">
         <v>661</v>
       </c>
-      <c r="B338" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C338" s="0" t="s">
-        <v>39</v>
+        <v>5</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="0" t="s">
         <v>662</v>
       </c>
       <c r="B339" s="0" t="s">
-        <v>663</v>
+        <v>177</v>
       </c>
       <c r="C339" s="0" t="s">
-        <v>122</v>
+        <v>39</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="0" t="s">
+        <v>663</v>
+      </c>
+      <c r="B340" s="0" t="s">
         <v>664</v>
       </c>
-      <c r="B340" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C340" s="0" t="s">
-        <v>128</v>
+        <v>122</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="0" t="s">
+        <v>665</v>
+      </c>
+      <c r="B341" s="0" t="s">
         <v>666</v>
       </c>
-      <c r="B341" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C341" s="0" t="s">
-        <v>34</v>
+        <v>128</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="0" t="s">
+        <v>667</v>
+      </c>
+      <c r="B342" s="0" t="s">
         <v>668</v>
       </c>
-      <c r="B342" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C342" s="0" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="0" t="s">
+        <v>669</v>
+      </c>
+      <c r="B343" s="0" t="s">
         <v>670</v>
       </c>
-      <c r="B343" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C343" s="0" t="s">
-        <v>39</v>
+        <v>16</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="0" t="s">
+        <v>671</v>
+      </c>
+      <c r="B344" s="0" t="s">
         <v>672</v>
-      </c>
-[...1 lines deleted...]
-        <v>673</v>
       </c>
       <c r="C344" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="0" t="s">
+        <v>673</v>
+      </c>
+      <c r="B345" s="0" t="s">
         <v>674</v>
       </c>
-      <c r="B345" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C345" s="0" t="s">
-        <v>128</v>
+        <v>39</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="0" t="s">
+        <v>675</v>
+      </c>
+      <c r="B346" s="0" t="s">
         <v>676</v>
       </c>
-      <c r="B346" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C346" s="0" t="s">
-        <v>678</v>
+        <v>128</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="0" t="s">
+        <v>677</v>
+      </c>
+      <c r="B347" s="0" t="s">
+        <v>678</v>
+      </c>
+      <c r="C347" s="0" t="s">
         <v>679</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="0" t="s">
+        <v>680</v>
+      </c>
+      <c r="B348" s="0" t="s">
         <v>681</v>
-      </c>
-[...1 lines deleted...]
-        <v>682</v>
       </c>
       <c r="C348" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="0" t="s">
+        <v>682</v>
+      </c>
+      <c r="B349" s="0" t="s">
         <v>683</v>
       </c>
-      <c r="B349" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C349" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="0" t="s">
+        <v>684</v>
+      </c>
+      <c r="B350" s="0" t="s">
         <v>685</v>
       </c>
-      <c r="B350" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C350" s="0" t="s">
-        <v>687</v>
+        <v>5</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="0" t="s">
+        <v>686</v>
+      </c>
+      <c r="B351" s="0" t="s">
+        <v>687</v>
+      </c>
+      <c r="C351" s="0" t="s">
         <v>688</v>
-      </c>
-[...4 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="0" t="s">
+        <v>689</v>
+      </c>
+      <c r="B352" s="0" t="s">
         <v>690</v>
       </c>
-      <c r="B352" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C352" s="0" t="s">
-        <v>692</v>
+        <v>173</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="0" t="s">
+        <v>691</v>
+      </c>
+      <c r="B353" s="0" t="s">
+        <v>692</v>
+      </c>
+      <c r="C353" s="0" t="s">
         <v>693</v>
-      </c>
-[...4 lines deleted...]
-        <v>282</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="0" t="s">
+        <v>694</v>
+      </c>
+      <c r="B354" s="0" t="s">
         <v>695</v>
       </c>
-      <c r="B354" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C354" s="0" t="s">
-        <v>438</v>
+        <v>282</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="0" t="s">
+        <v>696</v>
+      </c>
+      <c r="B355" s="0" t="s">
         <v>697</v>
       </c>
-      <c r="B355" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C355" s="0" t="s">
-        <v>139</v>
+        <v>440</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="0" t="s">
+        <v>698</v>
+      </c>
+      <c r="B356" s="0" t="s">
         <v>699</v>
       </c>
-      <c r="B356" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C356" s="0" t="s">
-        <v>438</v>
+        <v>139</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="0" t="s">
+        <v>700</v>
+      </c>
+      <c r="B357" s="0" t="s">
         <v>701</v>
       </c>
-      <c r="B357" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C357" s="0" t="s">
-        <v>703</v>
+        <v>440</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="0" t="s">
+        <v>702</v>
+      </c>
+      <c r="B358" s="0" t="s">
+        <v>703</v>
+      </c>
+      <c r="C358" s="0" t="s">
         <v>704</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="0" t="s">
+        <v>705</v>
+      </c>
+      <c r="B359" s="0" t="s">
         <v>706</v>
       </c>
-      <c r="B359" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C359" s="0" t="s">
-        <v>39</v>
+        <v>16</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="0" t="s">
         <v>707</v>
       </c>
       <c r="B360" s="0" t="s">
-        <v>177</v>
+        <v>95</v>
       </c>
       <c r="C360" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="0" t="s">
         <v>708</v>
       </c>
       <c r="B361" s="0" t="s">
-        <v>709</v>
+        <v>177</v>
       </c>
       <c r="C361" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="0" t="s">
+        <v>709</v>
+      </c>
+      <c r="B362" s="0" t="s">
         <v>710</v>
       </c>
-      <c r="B362" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C362" s="0" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="0" t="s">
+        <v>711</v>
+      </c>
+      <c r="B363" s="0" t="s">
         <v>712</v>
       </c>
-      <c r="B363" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C363" s="0" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="0" t="s">
+        <v>713</v>
+      </c>
+      <c r="B364" s="0" t="s">
         <v>714</v>
       </c>
-      <c r="B364" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C364" s="0" t="s">
-        <v>438</v>
+        <v>25</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="0" t="s">
+        <v>715</v>
+      </c>
+      <c r="B365" s="0" t="s">
         <v>716</v>
       </c>
-      <c r="B365" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C365" s="0" t="s">
-        <v>128</v>
+        <v>440</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="0" t="s">
+        <v>717</v>
+      </c>
+      <c r="B366" s="0" t="s">
         <v>718</v>
       </c>
-      <c r="B366" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C366" s="0" t="s">
-        <v>25</v>
+        <v>128</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="0" t="s">
+        <v>719</v>
+      </c>
+      <c r="B367" s="0" t="s">
         <v>720</v>
       </c>
-      <c r="B367" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C367" s="0" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="0" t="s">
+        <v>721</v>
+      </c>
+      <c r="B368" s="0" t="s">
         <v>722</v>
       </c>
-      <c r="B368" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C368" s="0" t="s">
-        <v>173</v>
+        <v>22</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="0" t="s">
+        <v>723</v>
+      </c>
+      <c r="B369" s="0" t="s">
         <v>724</v>
       </c>
-      <c r="B369" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C369" s="0" t="s">
-        <v>16</v>
+        <v>173</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="0" t="s">
+        <v>725</v>
+      </c>
+      <c r="B370" s="0" t="s">
         <v>726</v>
-      </c>
-[...1 lines deleted...]
-        <v>727</v>
       </c>
       <c r="C370" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="0" t="s">
+        <v>727</v>
+      </c>
+      <c r="B371" s="0" t="s">
         <v>728</v>
-      </c>
-[...1 lines deleted...]
-        <v>729</v>
       </c>
       <c r="C371" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="0" t="s">
+        <v>729</v>
+      </c>
+      <c r="B372" s="0" t="s">
         <v>730</v>
       </c>
-      <c r="B372" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C372" s="0" t="s">
-        <v>39</v>
+        <v>16</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="0" t="s">
         <v>731</v>
       </c>
       <c r="B373" s="0" t="s">
-        <v>732</v>
+        <v>177</v>
       </c>
       <c r="C373" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="0" t="s">
+        <v>732</v>
+      </c>
+      <c r="B374" s="0" t="s">
         <v>733</v>
       </c>
-      <c r="B374" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C374" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="0" t="s">
+        <v>734</v>
+      </c>
+      <c r="B375" s="0" t="s">
         <v>735</v>
       </c>
-      <c r="B375" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C375" s="0" t="s">
-        <v>737</v>
+        <v>16</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="0" t="s">
-        <v>738</v>
+        <v>736</v>
       </c>
       <c r="B376" s="0" t="s">
-        <v>739</v>
+        <v>737</v>
       </c>
       <c r="C376" s="0" t="s">
-        <v>128</v>
+        <v>311</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="0" t="s">
-        <v>740</v>
+        <v>738</v>
       </c>
       <c r="B377" s="0" t="s">
-        <v>741</v>
+        <v>739</v>
       </c>
       <c r="C377" s="0" t="s">
-        <v>16</v>
+        <v>128</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="0" t="s">
-        <v>742</v>
+        <v>740</v>
       </c>
       <c r="B378" s="0" t="s">
-        <v>743</v>
+        <v>741</v>
       </c>
       <c r="C378" s="0" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="0" t="s">
-        <v>744</v>
+        <v>742</v>
       </c>
       <c r="B379" s="0" t="s">
-        <v>745</v>
+        <v>743</v>
       </c>
       <c r="C379" s="0" t="s">
-        <v>173</v>
+        <v>22</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="0" t="s">
-        <v>746</v>
+        <v>744</v>
       </c>
       <c r="B380" s="0" t="s">
-        <v>747</v>
+        <v>745</v>
       </c>
       <c r="C380" s="0" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="0" t="s">
-        <v>748</v>
+        <v>746</v>
       </c>
       <c r="B381" s="0" t="s">
-        <v>749</v>
+        <v>747</v>
       </c>
       <c r="C381" s="0" t="s">
-        <v>25</v>
+        <v>173</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="0" t="s">
-        <v>750</v>
+        <v>748</v>
       </c>
       <c r="B382" s="0" t="s">
-        <v>751</v>
+        <v>749</v>
       </c>
       <c r="C382" s="0" t="s">
-        <v>173</v>
+        <v>25</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="0" t="s">
-        <v>752</v>
+        <v>750</v>
       </c>
       <c r="B383" s="0" t="s">
-        <v>753</v>
+        <v>751</v>
       </c>
       <c r="C383" s="0" t="s">
-        <v>39</v>
+        <v>173</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="0" t="s">
-        <v>754</v>
+        <v>752</v>
       </c>
       <c r="B384" s="0" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="C384" s="0" t="s">
-        <v>59</v>
+        <v>39</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="0" t="s">
-        <v>756</v>
+        <v>754</v>
       </c>
       <c r="B385" s="0" t="s">
-        <v>757</v>
+        <v>755</v>
       </c>
       <c r="C385" s="0" t="s">
-        <v>5</v>
+        <v>59</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="0" t="s">
-        <v>758</v>
+        <v>756</v>
       </c>
       <c r="B386" s="0" t="s">
-        <v>759</v>
+        <v>757</v>
       </c>
       <c r="C386" s="0" t="s">
-        <v>282</v>
+        <v>5</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="0" t="s">
-        <v>760</v>
+        <v>758</v>
       </c>
       <c r="B387" s="0" t="s">
-        <v>761</v>
+        <v>759</v>
       </c>
       <c r="C387" s="0" t="s">
-        <v>11</v>
+        <v>282</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="0" t="s">
-        <v>762</v>
+        <v>760</v>
       </c>
       <c r="B388" s="0" t="s">
-        <v>763</v>
+        <v>761</v>
       </c>
       <c r="C388" s="0" t="s">
-        <v>381</v>
+        <v>11</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="0" t="s">
-        <v>764</v>
+        <v>762</v>
       </c>
       <c r="B389" s="0" t="s">
-        <v>765</v>
+        <v>763</v>
       </c>
       <c r="C389" s="0" t="s">
-        <v>5</v>
+        <v>381</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="0" t="s">
-        <v>766</v>
+        <v>764</v>
       </c>
       <c r="B390" s="0" t="s">
-        <v>767</v>
+        <v>765</v>
       </c>
       <c r="C390" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="0" t="s">
-        <v>768</v>
+        <v>766</v>
       </c>
       <c r="B391" s="0" t="s">
-        <v>769</v>
+        <v>767</v>
       </c>
       <c r="C391" s="0" t="s">
-        <v>59</v>
+        <v>16</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="0" t="s">
-        <v>770</v>
+        <v>768</v>
       </c>
       <c r="B392" s="0" t="s">
-        <v>771</v>
+        <v>769</v>
       </c>
       <c r="C392" s="0" t="s">
-        <v>128</v>
+        <v>59</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="0" t="s">
-        <v>772</v>
+        <v>770</v>
       </c>
       <c r="B393" s="0" t="s">
-        <v>59</v>
+        <v>771</v>
       </c>
       <c r="C393" s="0" t="s">
-        <v>59</v>
+        <v>128</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="0" t="s">
-        <v>773</v>
+        <v>772</v>
       </c>
       <c r="B394" s="0" t="s">
-        <v>774</v>
+        <v>59</v>
       </c>
       <c r="C394" s="0" t="s">
-        <v>22</v>
+        <v>59</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="0" t="s">
-        <v>775</v>
+        <v>773</v>
       </c>
       <c r="B395" s="0" t="s">
-        <v>117</v>
+        <v>774</v>
       </c>
       <c r="C395" s="0" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="0" t="s">
-        <v>776</v>
+        <v>775</v>
       </c>
       <c r="B396" s="0" t="s">
-        <v>777</v>
+        <v>117</v>
       </c>
       <c r="C396" s="0" t="s">
-        <v>74</v>
+        <v>39</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="0" t="s">
-        <v>778</v>
+        <v>776</v>
       </c>
       <c r="B397" s="0" t="s">
-        <v>779</v>
+        <v>777</v>
       </c>
       <c r="C397" s="0" t="s">
-        <v>19</v>
+        <v>74</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="0" t="s">
-        <v>780</v>
+        <v>778</v>
       </c>
       <c r="B398" s="0" t="s">
-        <v>781</v>
+        <v>779</v>
       </c>
       <c r="C398" s="0" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="0" t="s">
-        <v>782</v>
+        <v>780</v>
       </c>
       <c r="B399" s="0" t="s">
-        <v>783</v>
+        <v>781</v>
       </c>
       <c r="C399" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="0" t="s">
-        <v>784</v>
+        <v>782</v>
       </c>
       <c r="B400" s="0" t="s">
-        <v>785</v>
+        <v>783</v>
       </c>
       <c r="C400" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="0" t="s">
-        <v>786</v>
+        <v>784</v>
       </c>
       <c r="B401" s="0" t="s">
-        <v>787</v>
+        <v>785</v>
       </c>
       <c r="C401" s="0" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="0" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="B402" s="0" t="s">
-        <v>789</v>
+        <v>787</v>
       </c>
       <c r="C402" s="0" t="s">
-        <v>373</v>
+        <v>8</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="0" t="s">
-        <v>790</v>
+        <v>788</v>
       </c>
       <c r="B403" s="0" t="s">
-        <v>791</v>
+        <v>789</v>
       </c>
       <c r="C403" s="0" t="s">
-        <v>16</v>
+        <v>373</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="0" t="s">
-        <v>792</v>
+        <v>790</v>
       </c>
       <c r="B404" s="0" t="s">
-        <v>793</v>
+        <v>791</v>
       </c>
       <c r="C404" s="0" t="s">
-        <v>88</v>
+        <v>16</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="0" t="s">
-        <v>794</v>
+        <v>792</v>
       </c>
       <c r="B405" s="0" t="s">
-        <v>795</v>
+        <v>793</v>
       </c>
       <c r="C405" s="0" t="s">
-        <v>122</v>
+        <v>88</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="0" t="s">
-        <v>796</v>
+        <v>794</v>
       </c>
       <c r="B406" s="0" t="s">
-        <v>177</v>
+        <v>795</v>
       </c>
       <c r="C406" s="0" t="s">
-        <v>39</v>
+        <v>122</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="0" t="s">
-        <v>797</v>
+        <v>796</v>
       </c>
       <c r="B407" s="0" t="s">
-        <v>798</v>
+        <v>177</v>
       </c>
       <c r="C407" s="0" t="s">
-        <v>478</v>
+        <v>39</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="0" t="s">
-        <v>799</v>
+        <v>797</v>
       </c>
       <c r="B408" s="0" t="s">
-        <v>800</v>
+        <v>798</v>
       </c>
       <c r="C408" s="0" t="s">
-        <v>11</v>
+        <v>480</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="0" t="s">
-        <v>801</v>
+        <v>799</v>
       </c>
       <c r="B409" s="0" t="s">
-        <v>802</v>
+        <v>800</v>
       </c>
       <c r="C409" s="0" t="s">
-        <v>282</v>
+        <v>11</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="0" t="s">
-        <v>803</v>
+        <v>801</v>
       </c>
       <c r="B410" s="0" t="s">
-        <v>804</v>
+        <v>802</v>
       </c>
       <c r="C410" s="0" t="s">
-        <v>16</v>
+        <v>282</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="0" t="s">
-        <v>805</v>
+        <v>803</v>
       </c>
       <c r="B411" s="0" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="C411" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="0" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="B412" s="0" t="s">
-        <v>808</v>
+        <v>806</v>
       </c>
       <c r="C412" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="0" t="s">
-        <v>809</v>
+        <v>807</v>
       </c>
       <c r="B413" s="0" t="s">
-        <v>121</v>
+        <v>808</v>
       </c>
       <c r="C413" s="0" t="s">
-        <v>122</v>
+        <v>16</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="0" t="s">
-        <v>810</v>
+        <v>809</v>
       </c>
       <c r="B414" s="0" t="s">
-        <v>289</v>
+        <v>121</v>
       </c>
       <c r="C414" s="0" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="0" t="s">
-        <v>811</v>
+        <v>810</v>
       </c>
       <c r="B415" s="0" t="s">
-        <v>812</v>
+        <v>289</v>
       </c>
       <c r="C415" s="0" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="0" t="s">
-        <v>813</v>
+        <v>811</v>
       </c>
       <c r="B416" s="0" t="s">
-        <v>814</v>
+        <v>812</v>
       </c>
       <c r="C416" s="0" t="s">
-        <v>815</v>
+        <v>16</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="0" t="s">
-        <v>816</v>
+        <v>813</v>
       </c>
       <c r="B417" s="0" t="s">
-        <v>817</v>
+        <v>814</v>
       </c>
       <c r="C417" s="0" t="s">
-        <v>139</v>
+        <v>815</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="0" t="s">
-        <v>818</v>
+        <v>816</v>
       </c>
       <c r="B418" s="0" t="s">
-        <v>819</v>
+        <v>817</v>
       </c>
       <c r="C418" s="0" t="s">
-        <v>11</v>
+        <v>139</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="0" t="s">
-        <v>820</v>
+        <v>818</v>
       </c>
       <c r="B419" s="0" t="s">
-        <v>370</v>
+        <v>819</v>
       </c>
       <c r="C419" s="0" t="s">
-        <v>39</v>
+        <v>11</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="0" t="s">
-        <v>821</v>
+        <v>820</v>
       </c>
       <c r="B420" s="0" t="s">
-        <v>822</v>
+        <v>370</v>
       </c>
       <c r="C420" s="0" t="s">
-        <v>5</v>
+        <v>39</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="0" t="s">
-        <v>823</v>
+        <v>821</v>
       </c>
       <c r="B421" s="0" t="s">
-        <v>824</v>
+        <v>822</v>
       </c>
       <c r="C421" s="0" t="s">
-        <v>173</v>
+        <v>5</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="0" t="s">
-        <v>825</v>
+        <v>823</v>
       </c>
       <c r="B422" s="0" t="s">
-        <v>826</v>
+        <v>824</v>
       </c>
       <c r="C422" s="0" t="s">
-        <v>5</v>
+        <v>173</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="0" t="s">
-        <v>827</v>
+        <v>825</v>
       </c>
       <c r="B423" s="0" t="s">
-        <v>828</v>
+        <v>826</v>
       </c>
       <c r="C423" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="0" t="s">
-        <v>829</v>
+        <v>827</v>
       </c>
       <c r="B424" s="0" t="s">
-        <v>111</v>
+        <v>828</v>
       </c>
       <c r="C424" s="0" t="s">
-        <v>39</v>
+        <v>5</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="0" t="s">
-        <v>830</v>
+        <v>829</v>
       </c>
       <c r="B425" s="0" t="s">
-        <v>831</v>
+        <v>111</v>
       </c>
       <c r="C425" s="0" t="s">
-        <v>832</v>
+        <v>39</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="0" t="s">
-        <v>833</v>
+        <v>830</v>
       </c>
       <c r="B426" s="0" t="s">
-        <v>834</v>
+        <v>831</v>
       </c>
       <c r="C426" s="0" t="s">
-        <v>22</v>
+        <v>832</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="0" t="s">
-        <v>835</v>
+        <v>833</v>
       </c>
       <c r="B427" s="0" t="s">
-        <v>836</v>
+        <v>834</v>
       </c>
       <c r="C427" s="0" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="0" t="s">
-        <v>837</v>
+        <v>835</v>
       </c>
       <c r="B428" s="0" t="s">
-        <v>156</v>
+        <v>836</v>
       </c>
       <c r="C428" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="0" t="s">
-        <v>838</v>
+        <v>837</v>
       </c>
       <c r="B429" s="0" t="s">
-        <v>839</v>
+        <v>156</v>
       </c>
       <c r="C429" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="0" t="s">
-        <v>840</v>
+        <v>838</v>
       </c>
       <c r="B430" s="0" t="s">
-        <v>563</v>
+        <v>839</v>
       </c>
       <c r="C430" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="0" t="s">
-        <v>841</v>
+        <v>840</v>
       </c>
       <c r="B431" s="0" t="s">
-        <v>842</v>
+        <v>564</v>
       </c>
       <c r="C431" s="0" t="s">
-        <v>128</v>
+        <v>39</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="0" t="s">
-        <v>843</v>
+        <v>841</v>
       </c>
       <c r="B432" s="0" t="s">
-        <v>844</v>
+        <v>842</v>
       </c>
       <c r="C432" s="0" t="s">
-        <v>39</v>
+        <v>128</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="0" t="s">
-        <v>845</v>
+        <v>843</v>
       </c>
       <c r="B433" s="0" t="s">
-        <v>846</v>
+        <v>844</v>
       </c>
       <c r="C433" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="0" t="s">
-        <v>847</v>
+        <v>845</v>
       </c>
       <c r="B434" s="0" t="s">
-        <v>848</v>
+        <v>846</v>
       </c>
       <c r="C434" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="0" t="s">
-        <v>849</v>
+        <v>847</v>
       </c>
       <c r="B435" s="0" t="s">
-        <v>850</v>
+        <v>848</v>
       </c>
       <c r="C435" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="0" t="s">
-        <v>851</v>
+        <v>849</v>
       </c>
       <c r="B436" s="0" t="s">
-        <v>156</v>
+        <v>850</v>
       </c>
       <c r="C436" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="0" t="s">
-        <v>852</v>
+        <v>851</v>
       </c>
       <c r="B437" s="0" t="s">
-        <v>177</v>
+        <v>156</v>
       </c>
       <c r="C437" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="0" t="s">
-        <v>853</v>
+        <v>852</v>
       </c>
       <c r="B438" s="0" t="s">
-        <v>212</v>
+        <v>177</v>
       </c>
       <c r="C438" s="0" t="s">
-        <v>854</v>
+        <v>39</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="0" t="s">
-        <v>855</v>
+        <v>853</v>
       </c>
       <c r="B439" s="0" t="s">
-        <v>856</v>
+        <v>212</v>
       </c>
       <c r="C439" s="0" t="s">
-        <v>381</v>
+        <v>854</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="0" t="s">
-        <v>857</v>
+        <v>855</v>
       </c>
       <c r="B440" s="0" t="s">
-        <v>177</v>
+        <v>856</v>
       </c>
       <c r="C440" s="0" t="s">
-        <v>39</v>
+        <v>381</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="0" t="s">
-        <v>858</v>
+        <v>857</v>
       </c>
       <c r="B441" s="0" t="s">
-        <v>859</v>
+        <v>177</v>
       </c>
       <c r="C441" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="0" t="s">
-        <v>860</v>
+        <v>858</v>
       </c>
       <c r="B442" s="0" t="s">
-        <v>861</v>
+        <v>859</v>
       </c>
       <c r="C442" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="0" t="s">
-        <v>862</v>
+        <v>860</v>
       </c>
       <c r="B443" s="0" t="s">
-        <v>863</v>
+        <v>861</v>
       </c>
       <c r="C443" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="0" t="s">
-        <v>864</v>
+        <v>862</v>
       </c>
       <c r="B444" s="0" t="s">
-        <v>865</v>
+        <v>863</v>
       </c>
       <c r="C444" s="0" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="0" t="s">
-        <v>866</v>
+        <v>864</v>
       </c>
       <c r="B445" s="0" t="s">
-        <v>867</v>
+        <v>865</v>
       </c>
       <c r="C445" s="0" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="0" t="s">
-        <v>868</v>
+        <v>866</v>
       </c>
       <c r="B446" s="0" t="s">
-        <v>156</v>
+        <v>867</v>
       </c>
       <c r="C446" s="0" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="0" t="s">
-        <v>869</v>
+        <v>868</v>
       </c>
       <c r="B447" s="0" t="s">
-        <v>848</v>
+        <v>156</v>
       </c>
       <c r="C447" s="0" t="s">
-        <v>678</v>
+        <v>34</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="0" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="B448" s="0" t="s">
-        <v>33</v>
+        <v>848</v>
       </c>
       <c r="C448" s="0" t="s">
-        <v>34</v>
+        <v>679</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="0" t="s">
-        <v>871</v>
+        <v>870</v>
       </c>
       <c r="B449" s="0" t="s">
-        <v>156</v>
+        <v>33</v>
       </c>
       <c r="C449" s="0" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="0" t="s">
-        <v>872</v>
+        <v>871</v>
       </c>
       <c r="B450" s="0" t="s">
-        <v>873</v>
+        <v>156</v>
       </c>
       <c r="C450" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="0" t="s">
-        <v>874</v>
+        <v>872</v>
       </c>
       <c r="B451" s="0" t="s">
-        <v>875</v>
+        <v>873</v>
       </c>
       <c r="C451" s="0" t="s">
-        <v>381</v>
+        <v>39</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="0" t="s">
-        <v>876</v>
+        <v>874</v>
       </c>
       <c r="B452" s="0" t="s">
-        <v>877</v>
+        <v>875</v>
       </c>
       <c r="C452" s="0" t="s">
-        <v>22</v>
+        <v>381</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="0" t="s">
-        <v>878</v>
+        <v>876</v>
       </c>
       <c r="B453" s="0" t="s">
-        <v>879</v>
+        <v>877</v>
       </c>
       <c r="C453" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="0" t="s">
-        <v>880</v>
+        <v>878</v>
       </c>
       <c r="B454" s="0" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="C454" s="0" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="0" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="B455" s="0" t="s">
-        <v>883</v>
+        <v>881</v>
       </c>
       <c r="C455" s="0" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="0" t="s">
-        <v>884</v>
+        <v>882</v>
       </c>
       <c r="B456" s="0" t="s">
-        <v>885</v>
+        <v>883</v>
       </c>
       <c r="C456" s="0" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="0" t="s">
-        <v>886</v>
+        <v>884</v>
       </c>
       <c r="B457" s="0" t="s">
-        <v>887</v>
+        <v>885</v>
       </c>
       <c r="C457" s="0" t="s">
-        <v>74</v>
+        <v>22</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="0" t="s">
-        <v>888</v>
+        <v>886</v>
       </c>
       <c r="B458" s="0" t="s">
-        <v>121</v>
+        <v>887</v>
       </c>
       <c r="C458" s="0" t="s">
-        <v>122</v>
+        <v>74</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="0" t="s">
-        <v>889</v>
+        <v>888</v>
       </c>
       <c r="B459" s="0" t="s">
-        <v>890</v>
+        <v>121</v>
       </c>
       <c r="C459" s="0" t="s">
-        <v>5</v>
+        <v>122</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="0" t="s">
-        <v>891</v>
+        <v>889</v>
       </c>
       <c r="B460" s="0" t="s">
-        <v>892</v>
+        <v>890</v>
       </c>
       <c r="C460" s="0" t="s">
-        <v>893</v>
+        <v>5</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="0" t="s">
-        <v>894</v>
+        <v>891</v>
       </c>
       <c r="B461" s="0" t="s">
-        <v>895</v>
+        <v>892</v>
       </c>
       <c r="C461" s="0" t="s">
-        <v>25</v>
+        <v>893</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="0" t="s">
-        <v>896</v>
+        <v>894</v>
       </c>
       <c r="B462" s="0" t="s">
-        <v>897</v>
+        <v>895</v>
       </c>
       <c r="C462" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="0" t="s">
-        <v>898</v>
+        <v>896</v>
       </c>
       <c r="B463" s="0" t="s">
-        <v>899</v>
+        <v>897</v>
       </c>
       <c r="C463" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="0" t="s">
-        <v>900</v>
+        <v>898</v>
       </c>
       <c r="B464" s="0" t="s">
-        <v>472</v>
+        <v>899</v>
       </c>
       <c r="C464" s="0" t="s">
-        <v>5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="0" t="s">
-        <v>901</v>
+        <v>900</v>
       </c>
       <c r="B465" s="0" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="C465" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="0" t="s">
-        <v>902</v>
+        <v>901</v>
       </c>
       <c r="B466" s="0" t="s">
-        <v>453</v>
+        <v>474</v>
       </c>
       <c r="C466" s="0" t="s">
-        <v>122</v>
+        <v>5</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="0" t="s">
-        <v>903</v>
+        <v>902</v>
       </c>
       <c r="B467" s="0" t="s">
-        <v>904</v>
+        <v>455</v>
       </c>
       <c r="C467" s="0" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="0" t="s">
-        <v>905</v>
+        <v>903</v>
       </c>
       <c r="B468" s="0" t="s">
-        <v>906</v>
+        <v>904</v>
       </c>
       <c r="C468" s="0" t="s">
-        <v>907</v>
+        <v>34</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="0" t="s">
-        <v>908</v>
+        <v>905</v>
       </c>
       <c r="B469" s="0" t="s">
-        <v>909</v>
+        <v>906</v>
       </c>
       <c r="C469" s="0" t="s">
-        <v>19</v>
+        <v>907</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="0" t="s">
-        <v>910</v>
+        <v>908</v>
       </c>
       <c r="B470" s="0" t="s">
-        <v>111</v>
+        <v>909</v>
       </c>
       <c r="C470" s="0" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="0" t="s">
-        <v>911</v>
+        <v>910</v>
       </c>
       <c r="B471" s="0" t="s">
-        <v>912</v>
+        <v>111</v>
       </c>
       <c r="C471" s="0" t="s">
-        <v>22</v>
+        <v>39</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="0" t="s">
-        <v>913</v>
+        <v>911</v>
       </c>
       <c r="B472" s="0" t="s">
-        <v>33</v>
+        <v>912</v>
       </c>
       <c r="C472" s="0" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="0" t="s">
-        <v>914</v>
+        <v>913</v>
       </c>
       <c r="B473" s="0" t="s">
-        <v>915</v>
+        <v>33</v>
       </c>
       <c r="C473" s="0" t="s">
-        <v>128</v>
+        <v>34</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="0" t="s">
-        <v>916</v>
+        <v>914</v>
       </c>
       <c r="B474" s="0" t="s">
-        <v>177</v>
+        <v>915</v>
       </c>
       <c r="C474" s="0" t="s">
-        <v>39</v>
+        <v>128</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="0" t="s">
-        <v>917</v>
+        <v>916</v>
       </c>
       <c r="B475" s="0" t="s">
-        <v>161</v>
+        <v>177</v>
       </c>
       <c r="C475" s="0" t="s">
-        <v>162</v>
+        <v>39</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="0" t="s">
-        <v>918</v>
+        <v>917</v>
       </c>
       <c r="B476" s="0" t="s">
-        <v>177</v>
+        <v>161</v>
       </c>
       <c r="C476" s="0" t="s">
-        <v>39</v>
+        <v>162</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="0" t="s">
-        <v>919</v>
+        <v>918</v>
       </c>
       <c r="B477" s="0" t="s">
         <v>177</v>
       </c>
       <c r="C477" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="0" t="s">
-        <v>920</v>
+        <v>919</v>
       </c>
       <c r="B478" s="0" t="s">
-        <v>33</v>
+        <v>177</v>
       </c>
       <c r="C478" s="0" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="0" t="s">
-        <v>921</v>
+        <v>920</v>
       </c>
       <c r="B479" s="0" t="s">
-        <v>177</v>
+        <v>33</v>
       </c>
       <c r="C479" s="0" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="0" t="s">
-        <v>922</v>
+        <v>921</v>
       </c>
       <c r="B480" s="0" t="s">
-        <v>923</v>
+        <v>177</v>
       </c>
       <c r="C480" s="0" t="s">
-        <v>128</v>
+        <v>39</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="0" t="s">
-        <v>924</v>
+        <v>922</v>
       </c>
       <c r="B481" s="0" t="s">
-        <v>925</v>
+        <v>923</v>
       </c>
       <c r="C481" s="0" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="0" t="s">
-        <v>926</v>
+        <v>924</v>
       </c>
       <c r="B482" s="0" t="s">
-        <v>927</v>
+        <v>925</v>
       </c>
       <c r="C482" s="0" t="s">
-        <v>34</v>
+        <v>125</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="0" t="s">
-        <v>928</v>
+        <v>926</v>
       </c>
       <c r="B483" s="0" t="s">
-        <v>929</v>
+        <v>927</v>
       </c>
       <c r="C483" s="0" t="s">
-        <v>107</v>
+        <v>34</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="0" t="s">
-        <v>930</v>
+        <v>928</v>
       </c>
       <c r="B484" s="0" t="s">
-        <v>931</v>
+        <v>929</v>
       </c>
       <c r="C484" s="0" t="s">
-        <v>5</v>
+        <v>107</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="0" t="s">
-        <v>932</v>
+        <v>930</v>
       </c>
       <c r="B485" s="0" t="s">
-        <v>933</v>
+        <v>931</v>
       </c>
       <c r="C485" s="0" t="s">
-        <v>39</v>
+        <v>5</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="0" t="s">
-        <v>934</v>
+        <v>932</v>
       </c>
       <c r="B486" s="0" t="s">
-        <v>935</v>
+        <v>933</v>
       </c>
       <c r="C486" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="0" t="s">
-        <v>936</v>
+        <v>934</v>
       </c>
       <c r="B487" s="0" t="s">
-        <v>937</v>
+        <v>935</v>
       </c>
       <c r="C487" s="0" t="s">
-        <v>417</v>
+        <v>16</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="0" t="s">
-        <v>938</v>
+        <v>936</v>
       </c>
       <c r="B488" s="0" t="s">
-        <v>939</v>
+        <v>937</v>
       </c>
       <c r="C488" s="0" t="s">
-        <v>16</v>
+        <v>419</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="0" t="s">
-        <v>940</v>
+        <v>938</v>
       </c>
       <c r="B489" s="0" t="s">
-        <v>111</v>
+        <v>939</v>
       </c>
       <c r="C489" s="0" t="s">
-        <v>39</v>
+        <v>16</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="0" t="s">
-        <v>941</v>
+        <v>940</v>
       </c>
       <c r="B490" s="0" t="s">
-        <v>143</v>
+        <v>111</v>
       </c>
       <c r="C490" s="0" t="s">
-        <v>11</v>
+        <v>39</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="0" t="s">
-        <v>942</v>
+        <v>941</v>
       </c>
       <c r="B491" s="0" t="s">
-        <v>943</v>
+        <v>143</v>
       </c>
       <c r="C491" s="0" t="s">
-        <v>122</v>
+        <v>11</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="0" t="s">
-        <v>944</v>
+        <v>942</v>
       </c>
       <c r="B492" s="0" t="s">
-        <v>945</v>
+        <v>943</v>
       </c>
       <c r="C492" s="0" t="s">
-        <v>16</v>
+        <v>122</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="0" t="s">
-        <v>946</v>
+        <v>944</v>
       </c>
       <c r="B493" s="0" t="s">
-        <v>384</v>
+        <v>945</v>
       </c>
       <c r="C493" s="0" t="s">
-        <v>162</v>
+        <v>16</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="0" t="s">
-        <v>947</v>
+        <v>946</v>
       </c>
       <c r="B494" s="0" t="s">
-        <v>948</v>
+        <v>384</v>
       </c>
       <c r="C494" s="0" t="s">
-        <v>173</v>
+        <v>162</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="0" t="s">
-        <v>949</v>
+        <v>947</v>
       </c>
       <c r="B495" s="0" t="s">
-        <v>950</v>
+        <v>948</v>
       </c>
       <c r="C495" s="0" t="s">
-        <v>180</v>
+        <v>173</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="0" t="s">
-        <v>951</v>
+        <v>949</v>
       </c>
       <c r="B496" s="0" t="s">
-        <v>952</v>
+        <v>950</v>
       </c>
       <c r="C496" s="0" t="s">
-        <v>128</v>
+        <v>180</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="0" t="s">
-        <v>953</v>
+        <v>951</v>
       </c>
       <c r="B497" s="0" t="s">
-        <v>954</v>
+        <v>952</v>
       </c>
       <c r="C497" s="0" t="s">
-        <v>8</v>
+        <v>128</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="0" t="s">
-        <v>955</v>
+        <v>953</v>
       </c>
       <c r="B498" s="0" t="s">
-        <v>956</v>
+        <v>954</v>
       </c>
       <c r="C498" s="0" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="0" t="s">
-        <v>957</v>
+        <v>955</v>
       </c>
       <c r="B499" s="0" t="s">
-        <v>958</v>
+        <v>956</v>
       </c>
       <c r="C499" s="0" t="s">
-        <v>59</v>
+        <v>16</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="0" t="s">
-        <v>959</v>
+        <v>957</v>
       </c>
       <c r="B500" s="0" t="s">
-        <v>960</v>
+        <v>958</v>
       </c>
       <c r="C500" s="0" t="s">
-        <v>16</v>
+        <v>59</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="0" t="s">
-        <v>961</v>
+        <v>959</v>
       </c>
       <c r="B501" s="0" t="s">
-        <v>962</v>
+        <v>960</v>
       </c>
       <c r="C501" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="0" t="s">
-        <v>963</v>
+        <v>961</v>
       </c>
       <c r="B502" s="0" t="s">
-        <v>964</v>
+        <v>962</v>
       </c>
       <c r="C502" s="0" t="s">
-        <v>128</v>
+        <v>16</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="0" t="s">
-        <v>965</v>
+        <v>963</v>
       </c>
       <c r="B503" s="0" t="s">
-        <v>966</v>
+        <v>964</v>
       </c>
       <c r="C503" s="0" t="s">
-        <v>282</v>
+        <v>128</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="0" t="s">
-        <v>967</v>
+        <v>965</v>
       </c>
       <c r="B504" s="0" t="s">
-        <v>968</v>
+        <v>966</v>
       </c>
       <c r="C504" s="0" t="s">
-        <v>16</v>
+        <v>282</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="0" t="s">
-        <v>969</v>
+        <v>967</v>
       </c>
       <c r="B505" s="0" t="s">
-        <v>970</v>
+        <v>968</v>
       </c>
       <c r="C505" s="0" t="s">
-        <v>84</v>
+        <v>16</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="0" t="s">
-        <v>971</v>
+        <v>969</v>
       </c>
       <c r="B506" s="0" t="s">
-        <v>972</v>
+        <v>970</v>
       </c>
       <c r="C506" s="0" t="s">
-        <v>39</v>
+        <v>84</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="0" t="s">
-        <v>973</v>
+        <v>971</v>
       </c>
       <c r="B507" s="0" t="s">
-        <v>974</v>
+        <v>972</v>
       </c>
       <c r="C507" s="0" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="0" t="s">
-        <v>975</v>
+        <v>973</v>
       </c>
       <c r="B508" s="0" t="s">
-        <v>976</v>
+        <v>974</v>
       </c>
       <c r="C508" s="0" t="s">
-        <v>438</v>
+        <v>25</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="0" t="s">
-        <v>977</v>
+        <v>975</v>
       </c>
       <c r="B509" s="0" t="s">
-        <v>978</v>
+        <v>976</v>
       </c>
       <c r="C509" s="0" t="s">
-        <v>173</v>
+        <v>440</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="0" t="s">
-        <v>979</v>
+        <v>977</v>
       </c>
       <c r="B510" s="0" t="s">
-        <v>980</v>
+        <v>978</v>
       </c>
       <c r="C510" s="0" t="s">
-        <v>22</v>
+        <v>173</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="0" t="s">
-        <v>981</v>
+        <v>979</v>
       </c>
       <c r="B511" s="0" t="s">
-        <v>982</v>
+        <v>980</v>
       </c>
       <c r="C511" s="0" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="0" t="s">
-        <v>983</v>
+        <v>981</v>
       </c>
       <c r="B512" s="0" t="s">
-        <v>984</v>
+        <v>982</v>
       </c>
       <c r="C512" s="0" t="s">
-        <v>93</v>
+        <v>16</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="0" t="s">
-        <v>985</v>
+        <v>983</v>
       </c>
       <c r="B513" s="0" t="s">
-        <v>986</v>
+        <v>984</v>
       </c>
       <c r="C513" s="0" t="s">
-        <v>463</v>
+        <v>93</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="0" t="s">
-        <v>987</v>
+        <v>985</v>
       </c>
       <c r="B514" s="0" t="s">
-        <v>988</v>
+        <v>986</v>
       </c>
       <c r="C514" s="0" t="s">
-        <v>5</v>
+        <v>465</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="0" t="s">
-        <v>989</v>
+        <v>987</v>
       </c>
       <c r="B515" s="0" t="s">
-        <v>990</v>
+        <v>988</v>
       </c>
       <c r="C515" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="0" t="s">
-        <v>991</v>
+        <v>989</v>
       </c>
       <c r="B516" s="0" t="s">
-        <v>156</v>
+        <v>990</v>
       </c>
       <c r="C516" s="0" t="s">
-        <v>39</v>
+        <v>8</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="0" t="s">
-        <v>992</v>
+        <v>991</v>
       </c>
       <c r="B517" s="0" t="s">
-        <v>993</v>
+        <v>156</v>
       </c>
       <c r="C517" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="0" t="s">
-        <v>994</v>
+        <v>992</v>
       </c>
       <c r="B518" s="0" t="s">
-        <v>995</v>
+        <v>993</v>
       </c>
       <c r="C518" s="0" t="s">
-        <v>128</v>
+        <v>16</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="0" t="s">
-        <v>996</v>
+        <v>994</v>
       </c>
       <c r="B519" s="0" t="s">
-        <v>370</v>
+        <v>995</v>
       </c>
       <c r="C519" s="0" t="s">
-        <v>39</v>
+        <v>128</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="0" t="s">
-        <v>997</v>
+        <v>996</v>
       </c>
       <c r="B520" s="0" t="s">
-        <v>998</v>
+        <v>370</v>
       </c>
       <c r="C520" s="0" t="s">
-        <v>5</v>
+        <v>39</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="0" t="s">
-        <v>999</v>
+        <v>997</v>
       </c>
       <c r="B521" s="0" t="s">
-        <v>1000</v>
+        <v>998</v>
       </c>
       <c r="C521" s="0" t="s">
-        <v>39</v>
+        <v>5</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="0" t="s">
-        <v>1001</v>
+        <v>999</v>
       </c>
       <c r="B522" s="0" t="s">
-        <v>1002</v>
+        <v>1000</v>
       </c>
       <c r="C522" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="0" t="s">
-        <v>1003</v>
+        <v>1001</v>
       </c>
       <c r="B523" s="0" t="s">
-        <v>1004</v>
+        <v>1002</v>
       </c>
       <c r="C523" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="0" t="s">
-        <v>1005</v>
+        <v>1003</v>
       </c>
       <c r="B524" s="0" t="s">
-        <v>156</v>
+        <v>1004</v>
       </c>
       <c r="C524" s="0" t="s">
-        <v>39</v>
+        <v>5</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="0" t="s">
-        <v>1006</v>
+        <v>1005</v>
       </c>
       <c r="B525" s="0" t="s">
-        <v>1007</v>
+        <v>156</v>
       </c>
       <c r="C525" s="0" t="s">
-        <v>22</v>
+        <v>39</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="0" t="s">
-        <v>1008</v>
+        <v>1006</v>
       </c>
       <c r="B526" s="0" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="C526" s="0" t="s">
-        <v>311</v>
+        <v>22</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="0" t="s">
-        <v>1010</v>
+        <v>1008</v>
       </c>
       <c r="B527" s="0" t="s">
-        <v>1011</v>
+        <v>1009</v>
       </c>
       <c r="C527" s="0" t="s">
-        <v>128</v>
+        <v>311</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="0" t="s">
-        <v>1012</v>
+        <v>1010</v>
       </c>
       <c r="B528" s="0" t="s">
-        <v>1013</v>
+        <v>1011</v>
       </c>
       <c r="C528" s="0" t="s">
-        <v>478</v>
+        <v>128</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="0" t="s">
-        <v>1014</v>
+        <v>1012</v>
       </c>
       <c r="B529" s="0" t="s">
-        <v>1015</v>
+        <v>1013</v>
       </c>
       <c r="C529" s="0" t="s">
-        <v>8</v>
+        <v>480</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="0" t="s">
-        <v>1016</v>
+        <v>1014</v>
       </c>
       <c r="B530" s="0" t="s">
-        <v>168</v>
+        <v>1015</v>
       </c>
       <c r="C530" s="0" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="0" t="s">
-        <v>1017</v>
+        <v>1016</v>
       </c>
       <c r="B531" s="0" t="s">
-        <v>1018</v>
+        <v>168</v>
       </c>
       <c r="C531" s="0" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="0" t="s">
-        <v>1019</v>
+        <v>1017</v>
       </c>
       <c r="B532" s="0" t="s">
-        <v>1020</v>
+        <v>1018</v>
       </c>
       <c r="C532" s="0" t="s">
-        <v>39</v>
+        <v>16</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="0" t="s">
-        <v>1021</v>
+        <v>1019</v>
       </c>
       <c r="B533" s="0" t="s">
-        <v>33</v>
+        <v>1020</v>
       </c>
       <c r="C533" s="0" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="0" t="s">
-        <v>1022</v>
+        <v>1021</v>
       </c>
       <c r="B534" s="0" t="s">
-        <v>1023</v>
+        <v>33</v>
       </c>
       <c r="C534" s="0" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="0" t="s">
-        <v>1024</v>
+        <v>1022</v>
       </c>
       <c r="B535" s="0" t="s">
-        <v>1025</v>
+        <v>1023</v>
       </c>
       <c r="C535" s="0" t="s">
-        <v>544</v>
+        <v>16</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="0" t="s">
-        <v>1026</v>
+        <v>1024</v>
       </c>
       <c r="B536" s="0" t="s">
-        <v>1027</v>
+        <v>1025</v>
       </c>
       <c r="C536" s="0" t="s">
-        <v>173</v>
+        <v>545</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="0" t="s">
-        <v>1028</v>
+        <v>1026</v>
       </c>
       <c r="B537" s="0" t="s">
-        <v>1029</v>
+        <v>1027</v>
       </c>
       <c r="C537" s="0" t="s">
-        <v>1030</v>
+        <v>173</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="0" t="s">
-        <v>1031</v>
+        <v>1028</v>
       </c>
       <c r="B538" s="0" t="s">
-        <v>1032</v>
+        <v>1029</v>
       </c>
       <c r="C538" s="0" t="s">
-        <v>39</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="0" t="s">
-        <v>1033</v>
+        <v>1031</v>
       </c>
       <c r="B539" s="0" t="s">
-        <v>1034</v>
+        <v>1032</v>
       </c>
       <c r="C539" s="0" t="s">
-        <v>128</v>
+        <v>39</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="0" t="s">
-        <v>1035</v>
+        <v>1033</v>
       </c>
       <c r="B540" s="0" t="s">
-        <v>132</v>
+        <v>1034</v>
       </c>
       <c r="C540" s="0" t="s">
-        <v>93</v>
+        <v>128</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="0" t="s">
-        <v>1036</v>
+        <v>1035</v>
       </c>
       <c r="B541" s="0" t="s">
-        <v>1037</v>
+        <v>132</v>
       </c>
       <c r="C541" s="0" t="s">
-        <v>125</v>
+        <v>93</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="0" t="s">
-        <v>1038</v>
+        <v>1036</v>
       </c>
       <c r="B542" s="0" t="s">
-        <v>1039</v>
+        <v>1037</v>
       </c>
       <c r="C542" s="0" t="s">
-        <v>11</v>
+        <v>125</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="0" t="s">
-        <v>1040</v>
+        <v>1038</v>
       </c>
       <c r="B543" s="0" t="s">
-        <v>1041</v>
+        <v>1039</v>
       </c>
       <c r="C543" s="0" t="s">
-        <v>39</v>
+        <v>11</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="0" t="s">
-        <v>1042</v>
+        <v>1040</v>
       </c>
       <c r="B544" s="0" t="s">
-        <v>304</v>
+        <v>1041</v>
       </c>
       <c r="C544" s="0" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="0" t="s">
-        <v>1043</v>
+        <v>1042</v>
       </c>
       <c r="B545" s="0" t="s">
-        <v>1044</v>
+        <v>304</v>
       </c>
       <c r="C545" s="0" t="s">
-        <v>854</v>
+        <v>25</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" s="0" t="s">
-        <v>1045</v>
+        <v>1043</v>
       </c>
       <c r="B546" s="0" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="C546" s="0" t="s">
-        <v>438</v>
+        <v>854</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" s="0" t="s">
-        <v>1047</v>
+        <v>1045</v>
       </c>
       <c r="B547" s="0" t="s">
-        <v>1048</v>
+        <v>1046</v>
       </c>
       <c r="C547" s="0" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" s="0" t="s">
-        <v>1049</v>
+        <v>1047</v>
       </c>
       <c r="B548" s="0" t="s">
-        <v>1050</v>
+        <v>1048</v>
       </c>
       <c r="C548" s="0" t="s">
-        <v>8</v>
+        <v>440</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" s="0" t="s">
-        <v>1051</v>
+        <v>1049</v>
       </c>
       <c r="B549" s="0" t="s">
-        <v>1052</v>
+        <v>1050</v>
       </c>
       <c r="C549" s="0" t="s">
-        <v>373</v>
+        <v>8</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" s="0" t="s">
-        <v>1053</v>
+        <v>1051</v>
       </c>
       <c r="B550" s="0" t="s">
-        <v>1054</v>
+        <v>1052</v>
       </c>
       <c r="C550" s="0" t="s">
-        <v>39</v>
+        <v>545</v>
       </c>
     </row>
     <row r="551">
       <c r="A551" s="0" t="s">
-        <v>1055</v>
+        <v>1053</v>
       </c>
       <c r="B551" s="0" t="s">
-        <v>1056</v>
+        <v>1054</v>
       </c>
       <c r="C551" s="0" t="s">
-        <v>128</v>
+        <v>39</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" s="0" t="s">
-        <v>1057</v>
+        <v>1055</v>
       </c>
       <c r="B552" s="0" t="s">
-        <v>1058</v>
+        <v>1056</v>
       </c>
       <c r="C552" s="0" t="s">
-        <v>16</v>
+        <v>128</v>
       </c>
     </row>
     <row r="553">
       <c r="A553" s="0" t="s">
-        <v>1059</v>
+        <v>1057</v>
       </c>
       <c r="B553" s="0" t="s">
-        <v>33</v>
+        <v>1058</v>
       </c>
       <c r="C553" s="0" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
     </row>
     <row r="554">
       <c r="A554" s="0" t="s">
-        <v>1060</v>
+        <v>1059</v>
       </c>
       <c r="B554" s="0" t="s">
-        <v>817</v>
+        <v>33</v>
       </c>
       <c r="C554" s="0" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" s="0" t="s">
-        <v>1061</v>
+        <v>1060</v>
       </c>
       <c r="B555" s="0" t="s">
-        <v>449</v>
+        <v>817</v>
       </c>
       <c r="C555" s="0" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" s="0" t="s">
-        <v>1062</v>
+        <v>1061</v>
       </c>
       <c r="B556" s="0" t="s">
-        <v>228</v>
+        <v>451</v>
       </c>
       <c r="C556" s="0" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" s="0" t="s">
-        <v>1063</v>
+        <v>1062</v>
       </c>
       <c r="B557" s="0" t="s">
-        <v>970</v>
+        <v>228</v>
       </c>
       <c r="C557" s="0" t="s">
-        <v>162</v>
+        <v>39</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" s="0" t="s">
-        <v>1064</v>
+        <v>1063</v>
       </c>
       <c r="B558" s="0" t="s">
-        <v>177</v>
+        <v>970</v>
       </c>
       <c r="C558" s="0" t="s">
-        <v>39</v>
+        <v>162</v>
       </c>
     </row>
     <row r="559">
       <c r="A559" s="0" t="s">
-        <v>1065</v>
+        <v>1064</v>
       </c>
       <c r="B559" s="0" t="s">
-        <v>1066</v>
+        <v>177</v>
       </c>
       <c r="C559" s="0" t="s">
-        <v>381</v>
+        <v>39</v>
       </c>
     </row>
     <row r="560">
       <c r="A560" s="0" t="s">
-        <v>1067</v>
+        <v>1065</v>
       </c>
       <c r="B560" s="0" t="s">
-        <v>33</v>
+        <v>1066</v>
       </c>
       <c r="C560" s="0" t="s">
-        <v>39</v>
+        <v>381</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" s="0" t="s">
-        <v>1068</v>
+        <v>1067</v>
       </c>
       <c r="B561" s="0" t="s">
-        <v>156</v>
+        <v>33</v>
       </c>
       <c r="C561" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" s="0" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="B562" s="0" t="s">
-        <v>15</v>
+        <v>156</v>
       </c>
       <c r="C562" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" s="0" t="s">
-        <v>1070</v>
+        <v>1069</v>
       </c>
       <c r="B563" s="0" t="s">
-        <v>1071</v>
+        <v>15</v>
       </c>
       <c r="C563" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" s="0" t="s">
-        <v>1072</v>
+        <v>1070</v>
       </c>
       <c r="B564" s="0" t="s">
-        <v>177</v>
+        <v>1071</v>
       </c>
       <c r="C564" s="0" t="s">
-        <v>39</v>
+        <v>5</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" s="0" t="s">
-        <v>1073</v>
+        <v>1072</v>
       </c>
       <c r="B565" s="0" t="s">
         <v>177</v>
       </c>
       <c r="C565" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" s="0" t="s">
-        <v>1074</v>
+        <v>1073</v>
       </c>
       <c r="B566" s="0" t="s">
-        <v>1075</v>
+        <v>177</v>
       </c>
       <c r="C566" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" s="0" t="s">
-        <v>1076</v>
+        <v>1074</v>
       </c>
       <c r="B567" s="0" t="s">
-        <v>1077</v>
+        <v>1075</v>
       </c>
       <c r="C567" s="0" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
     </row>
     <row r="568">
       <c r="A568" s="0" t="s">
-        <v>1078</v>
+        <v>1076</v>
       </c>
       <c r="B568" s="0" t="s">
-        <v>1079</v>
+        <v>1077</v>
       </c>
       <c r="C568" s="0" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" s="0" t="s">
-        <v>1080</v>
+        <v>1078</v>
       </c>
       <c r="B569" s="0" t="s">
-        <v>1081</v>
+        <v>1079</v>
       </c>
       <c r="C569" s="0" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
     </row>
     <row r="570">
       <c r="A570" s="0" t="s">
-        <v>1082</v>
+        <v>1080</v>
       </c>
       <c r="B570" s="0" t="s">
-        <v>1083</v>
+        <v>1081</v>
       </c>
       <c r="C570" s="0" t="s">
-        <v>433</v>
+        <v>11</v>
       </c>
     </row>
     <row r="571">
       <c r="A571" s="0" t="s">
-        <v>1084</v>
+        <v>1082</v>
       </c>
       <c r="B571" s="0" t="s">
-        <v>1085</v>
+        <v>1083</v>
       </c>
       <c r="C571" s="0" t="s">
-        <v>373</v>
+        <v>435</v>
       </c>
     </row>
     <row r="572">
       <c r="A572" s="0" t="s">
-        <v>1086</v>
+        <v>1084</v>
       </c>
       <c r="B572" s="0" t="s">
-        <v>1087</v>
+        <v>1085</v>
       </c>
       <c r="C572" s="0" t="s">
-        <v>128</v>
+        <v>373</v>
       </c>
     </row>
     <row r="573">
       <c r="A573" s="0" t="s">
-        <v>1088</v>
+        <v>1086</v>
       </c>
       <c r="B573" s="0" t="s">
-        <v>1089</v>
+        <v>1087</v>
       </c>
       <c r="C573" s="0" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="574">
       <c r="A574" s="0" t="s">
-        <v>1090</v>
+        <v>1088</v>
       </c>
       <c r="B574" s="0" t="s">
-        <v>33</v>
+        <v>1089</v>
       </c>
       <c r="C574" s="0" t="s">
-        <v>34</v>
+        <v>128</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" s="0" t="s">
-        <v>1091</v>
+        <v>1090</v>
       </c>
       <c r="B575" s="0" t="s">
-        <v>156</v>
+        <v>33</v>
       </c>
       <c r="C575" s="0" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" s="0" t="s">
-        <v>1092</v>
+        <v>1091</v>
       </c>
       <c r="B576" s="0" t="s">
-        <v>757</v>
+        <v>156</v>
       </c>
       <c r="C576" s="0" t="s">
-        <v>5</v>
+        <v>39</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" s="0" t="s">
-        <v>1093</v>
+        <v>1092</v>
       </c>
       <c r="B577" s="0" t="s">
-        <v>1094</v>
+        <v>757</v>
       </c>
       <c r="C577" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
     </row>
     <row r="578">
       <c r="A578" s="0" t="s">
-        <v>1095</v>
+        <v>1093</v>
       </c>
       <c r="B578" s="0" t="s">
-        <v>1096</v>
+        <v>1094</v>
       </c>
       <c r="C578" s="0" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
     </row>
     <row r="579">
       <c r="A579" s="0" t="s">
-        <v>1097</v>
+        <v>1095</v>
       </c>
       <c r="B579" s="0" t="s">
-        <v>1098</v>
+        <v>1096</v>
       </c>
       <c r="C579" s="0" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="580">
       <c r="A580" s="0" t="s">
-        <v>1099</v>
+        <v>1097</v>
       </c>
       <c r="B580" s="0" t="s">
-        <v>59</v>
+        <v>1098</v>
       </c>
       <c r="C580" s="0" t="s">
-        <v>59</v>
+        <v>22</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" s="0" t="s">
-        <v>1100</v>
+        <v>1099</v>
       </c>
       <c r="B581" s="0" t="s">
-        <v>1101</v>
+        <v>59</v>
       </c>
       <c r="C581" s="0" t="s">
-        <v>173</v>
+        <v>59</v>
       </c>
     </row>
     <row r="582">
       <c r="A582" s="0" t="s">
-        <v>1102</v>
+        <v>1100</v>
       </c>
       <c r="B582" s="0" t="s">
-        <v>1103</v>
+        <v>1101</v>
       </c>
       <c r="C582" s="0" t="s">
-        <v>25</v>
+        <v>173</v>
       </c>
     </row>
     <row r="583">
       <c r="A583" s="0" t="s">
-        <v>1104</v>
+        <v>1102</v>
       </c>
       <c r="B583" s="0" t="s">
-        <v>1105</v>
+        <v>1103</v>
       </c>
       <c r="C583" s="0" t="s">
-        <v>1106</v>
+        <v>25</v>
       </c>
     </row>
     <row r="584">
       <c r="A584" s="0" t="s">
-        <v>1107</v>
+        <v>1104</v>
       </c>
       <c r="B584" s="0" t="s">
-        <v>177</v>
+        <v>1105</v>
       </c>
       <c r="C584" s="0" t="s">
-        <v>39</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="585">
       <c r="A585" s="0" t="s">
-        <v>1108</v>
+        <v>1107</v>
       </c>
       <c r="B585" s="0" t="s">
-        <v>1109</v>
+        <v>177</v>
       </c>
       <c r="C585" s="0" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
     </row>
     <row r="586">
       <c r="A586" s="0" t="s">
-        <v>1110</v>
+        <v>1108</v>
       </c>
       <c r="B586" s="0" t="s">
-        <v>177</v>
+        <v>1109</v>
       </c>
       <c r="C586" s="0" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
     </row>
     <row r="587">
       <c r="A587" s="0" t="s">
-        <v>1111</v>
+        <v>1110</v>
       </c>
       <c r="B587" s="0" t="s">
-        <v>156</v>
+        <v>177</v>
       </c>
       <c r="C587" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="588">
       <c r="A588" s="0" t="s">
-        <v>1112</v>
+        <v>1111</v>
       </c>
       <c r="B588" s="0" t="s">
-        <v>1113</v>
+        <v>156</v>
       </c>
       <c r="C588" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
     </row>
     <row r="589">
       <c r="A589" s="0" t="s">
-        <v>1114</v>
+        <v>1112</v>
       </c>
       <c r="B589" s="0" t="s">
-        <v>1115</v>
+        <v>1113</v>
       </c>
       <c r="C589" s="0" t="s">
-        <v>381</v>
+        <v>16</v>
       </c>
     </row>
     <row r="590">
       <c r="A590" s="0" t="s">
-        <v>1116</v>
+        <v>1114</v>
       </c>
       <c r="B590" s="0" t="s">
-        <v>1117</v>
+        <v>1115</v>
       </c>
       <c r="C590" s="0" t="s">
-        <v>93</v>
+        <v>381</v>
       </c>
     </row>
     <row r="591">
       <c r="A591" s="0" t="s">
-        <v>1118</v>
+        <v>1116</v>
       </c>
       <c r="B591" s="0" t="s">
-        <v>1119</v>
+        <v>1117</v>
       </c>
       <c r="C591" s="0" t="s">
-        <v>264</v>
+        <v>93</v>
       </c>
     </row>
     <row r="592">
       <c r="A592" s="0" t="s">
-        <v>1120</v>
+        <v>1118</v>
       </c>
       <c r="B592" s="0" t="s">
-        <v>1121</v>
+        <v>1119</v>
       </c>
       <c r="C592" s="0" t="s">
-        <v>19</v>
+        <v>264</v>
       </c>
     </row>
     <row r="593">
       <c r="A593" s="0" t="s">
-        <v>1122</v>
+        <v>1120</v>
       </c>
       <c r="B593" s="0" t="s">
-        <v>1123</v>
+        <v>1121</v>
       </c>
       <c r="C593" s="0" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
     </row>
     <row r="594">
       <c r="A594" s="0" t="s">
-        <v>1124</v>
+        <v>1122</v>
       </c>
       <c r="B594" s="0" t="s">
-        <v>804</v>
+        <v>1123</v>
       </c>
       <c r="C594" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
     </row>
     <row r="595">
       <c r="A595" s="0" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="B595" s="0" t="s">
-        <v>1126</v>
+        <v>804</v>
       </c>
       <c r="C595" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
     </row>
     <row r="596">
       <c r="A596" s="0" t="s">
-        <v>1127</v>
+        <v>1125</v>
       </c>
       <c r="B596" s="0" t="s">
-        <v>1128</v>
+        <v>1126</v>
       </c>
       <c r="C596" s="0" t="s">
-        <v>128</v>
+        <v>5</v>
       </c>
     </row>
     <row r="597">
       <c r="A597" s="0" t="s">
-        <v>1129</v>
+        <v>1127</v>
       </c>
       <c r="B597" s="0" t="s">
-        <v>1130</v>
+        <v>1128</v>
       </c>
       <c r="C597" s="0" t="s">
-        <v>463</v>
+        <v>128</v>
       </c>
     </row>
     <row r="598">
       <c r="A598" s="0" t="s">
-        <v>1131</v>
+        <v>1129</v>
       </c>
       <c r="B598" s="0" t="s">
-        <v>1132</v>
+        <v>1130</v>
       </c>
       <c r="C598" s="0" t="s">
-        <v>128</v>
+        <v>465</v>
       </c>
     </row>
     <row r="599">
       <c r="A599" s="0" t="s">
-        <v>1133</v>
+        <v>1131</v>
       </c>
       <c r="B599" s="0" t="s">
-        <v>1134</v>
+        <v>1132</v>
       </c>
       <c r="C599" s="0" t="s">
-        <v>25</v>
+        <v>128</v>
       </c>
     </row>
     <row r="600">
       <c r="A600" s="0" t="s">
-        <v>1135</v>
+        <v>1133</v>
       </c>
       <c r="B600" s="0" t="s">
-        <v>1136</v>
+        <v>1134</v>
       </c>
       <c r="C600" s="0" t="s">
-        <v>282</v>
+        <v>25</v>
       </c>
     </row>
     <row r="601">
       <c r="A601" s="0" t="s">
-        <v>1137</v>
+        <v>1135</v>
       </c>
       <c r="B601" s="0" t="s">
-        <v>1138</v>
+        <v>1136</v>
       </c>
       <c r="C601" s="0" t="s">
-        <v>16</v>
+        <v>282</v>
       </c>
     </row>
     <row r="602">
       <c r="A602" s="0" t="s">
-        <v>1139</v>
+        <v>1137</v>
       </c>
       <c r="B602" s="0" t="s">
-        <v>177</v>
+        <v>1138</v>
       </c>
       <c r="C602" s="0" t="s">
-        <v>39</v>
+        <v>16</v>
       </c>
     </row>
     <row r="603">
       <c r="A603" s="0" t="s">
-        <v>1140</v>
+        <v>1139</v>
       </c>
       <c r="B603" s="0" t="s">
-        <v>315</v>
+        <v>177</v>
       </c>
       <c r="C603" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
     </row>
     <row r="604">
       <c r="A604" s="0" t="s">
-        <v>1141</v>
+        <v>1140</v>
       </c>
       <c r="B604" s="0" t="s">
-        <v>1142</v>
+        <v>315</v>
       </c>
       <c r="C604" s="0" t="s">
-        <v>128</v>
+        <v>16</v>
       </c>
     </row>
     <row r="605">
       <c r="A605" s="0" t="s">
-        <v>1143</v>
+        <v>1141</v>
       </c>
       <c r="B605" s="0" t="s">
-        <v>177</v>
+        <v>1142</v>
       </c>
       <c r="C605" s="0" t="s">
-        <v>39</v>
+        <v>128</v>
       </c>
     </row>
     <row r="606">
       <c r="A606" s="0" t="s">
-        <v>1144</v>
+        <v>1143</v>
       </c>
       <c r="B606" s="0" t="s">
-        <v>563</v>
+        <v>177</v>
       </c>
       <c r="C606" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="607">
       <c r="A607" s="0" t="s">
-        <v>1145</v>
+        <v>1144</v>
       </c>
       <c r="B607" s="0" t="s">
-        <v>177</v>
+        <v>564</v>
       </c>
       <c r="C607" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="608">
       <c r="A608" s="0" t="s">
-        <v>1146</v>
+        <v>1145</v>
       </c>
       <c r="B608" s="0" t="s">
-        <v>1147</v>
+        <v>177</v>
       </c>
       <c r="C608" s="0" t="s">
-        <v>128</v>
+        <v>39</v>
       </c>
     </row>
     <row r="609">
       <c r="A609" s="0" t="s">
-        <v>1148</v>
+        <v>1146</v>
       </c>
       <c r="B609" s="0" t="s">
         <v>943</v>
       </c>
       <c r="C609" s="0" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="610">
       <c r="A610" s="0" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="B610" s="0" t="s">
         <v>912</v>
       </c>
       <c r="C610" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="611">
       <c r="A611" s="0" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="B611" s="0" t="s">
-        <v>1151</v>
+        <v>1149</v>
       </c>
       <c r="C611" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="612">
       <c r="A612" s="0" t="s">
-        <v>1152</v>
+        <v>1150</v>
       </c>
       <c r="B612" s="0" t="s">
-        <v>1153</v>
+        <v>1151</v>
       </c>
       <c r="C612" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="613">
       <c r="A613" s="0" t="s">
-        <v>1154</v>
+        <v>1152</v>
       </c>
       <c r="B613" s="0" t="s">
-        <v>1155</v>
+        <v>1153</v>
       </c>
       <c r="C613" s="0" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="614">
       <c r="A614" s="0" t="s">
-        <v>1156</v>
+        <v>1154</v>
       </c>
       <c r="B614" s="0" t="s">
-        <v>1157</v>
+        <v>1155</v>
       </c>
       <c r="C614" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="615">
       <c r="A615" s="0" t="s">
-        <v>1158</v>
+        <v>1156</v>
       </c>
       <c r="B615" s="0" t="s">
-        <v>1159</v>
+        <v>1157</v>
       </c>
       <c r="C615" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="616">
       <c r="A616" s="0" t="s">
-        <v>1160</v>
+        <v>1158</v>
       </c>
       <c r="B616" s="0" t="s">
-        <v>1161</v>
+        <v>1159</v>
       </c>
       <c r="C616" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="617">
       <c r="A617" s="0" t="s">
-        <v>1162</v>
+        <v>1160</v>
       </c>
       <c r="B617" s="0" t="s">
-        <v>1163</v>
+        <v>1161</v>
       </c>
       <c r="C617" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="618">
       <c r="A618" s="0" t="s">
-        <v>1164</v>
+        <v>1162</v>
       </c>
       <c r="B618" s="0" t="s">
-        <v>1165</v>
+        <v>1163</v>
       </c>
       <c r="C618" s="0" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="619">
       <c r="A619" s="0" t="s">
-        <v>1166</v>
+        <v>1164</v>
       </c>
       <c r="B619" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C619" s="0" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="620">
       <c r="A620" s="0" t="s">
-        <v>1167</v>
+        <v>1165</v>
       </c>
       <c r="B620" s="0" t="s">
-        <v>1157</v>
+        <v>1155</v>
       </c>
       <c r="C620" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="621">
       <c r="A621" s="0" t="s">
-        <v>1168</v>
+        <v>1166</v>
       </c>
       <c r="B621" s="0" t="s">
-        <v>1169</v>
+        <v>1167</v>
       </c>
       <c r="C621" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="622">
       <c r="A622" s="0" t="s">
-        <v>1170</v>
+        <v>1168</v>
       </c>
       <c r="B622" s="0" t="s">
-        <v>1171</v>
+        <v>1169</v>
       </c>
       <c r="C622" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="623">
       <c r="A623" s="0" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="B623" s="0" t="s">
-        <v>1173</v>
+        <v>1171</v>
       </c>
       <c r="C623" s="0" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="624">
       <c r="A624" s="0" t="s">
-        <v>1174</v>
+        <v>1172</v>
       </c>
       <c r="B624" s="0" t="s">
-        <v>1175</v>
+        <v>1173</v>
       </c>
       <c r="C624" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="625">
       <c r="A625" s="0" t="s">
-        <v>1176</v>
+        <v>1174</v>
       </c>
       <c r="B625" s="0" t="s">
-        <v>1177</v>
+        <v>1175</v>
       </c>
       <c r="C625" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="626">
       <c r="A626" s="0" t="s">
-        <v>1178</v>
+        <v>1176</v>
       </c>
       <c r="B626" s="0" t="s">
-        <v>1179</v>
+        <v>1177</v>
       </c>
       <c r="C626" s="0" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="627">
       <c r="A627" s="0" t="s">
-        <v>1180</v>
+        <v>1178</v>
       </c>
       <c r="B627" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C627" s="0" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="628">
       <c r="A628" s="0" t="s">
-        <v>1181</v>
+        <v>1179</v>
       </c>
       <c r="B628" s="0" t="s">
-        <v>1182</v>
+        <v>1180</v>
       </c>
       <c r="C628" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="629">
       <c r="A629" s="0" t="s">
-        <v>1183</v>
+        <v>1181</v>
       </c>
       <c r="B629" s="0" t="s">
-        <v>1184</v>
+        <v>1182</v>
       </c>
       <c r="C629" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="630">
       <c r="A630" s="0" t="s">
-        <v>1185</v>
+        <v>1183</v>
       </c>
       <c r="B630" s="0" t="s">
-        <v>1186</v>
+        <v>1184</v>
       </c>
       <c r="C630" s="0" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="631">
       <c r="A631" s="0" t="s">
-        <v>1187</v>
+        <v>1185</v>
       </c>
       <c r="B631" s="0" t="s">
-        <v>1188</v>
+        <v>1186</v>
       </c>
       <c r="C631" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="632">
       <c r="A632" s="0" t="s">
-        <v>1189</v>
+        <v>1187</v>
       </c>
       <c r="B632" s="0" t="s">
-        <v>1190</v>
+        <v>1188</v>
       </c>
       <c r="C632" s="0" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
     </row>
     <row r="633">
       <c r="A633" s="0" t="s">
+        <v>1189</v>
+      </c>
+      <c r="B633" s="0" t="s">
+        <v>1190</v>
+      </c>
+      <c r="C633" s="0" t="s">
         <v>1191</v>
-      </c>
-[...4 lines deleted...]
-        <v>1193</v>
       </c>
     </row>
     <row r="634">
       <c r="A634" s="0" t="s">
-        <v>1194</v>
+        <v>1192</v>
       </c>
       <c r="B634" s="0" t="s">
-        <v>1195</v>
+        <v>1193</v>
       </c>
       <c r="C634" s="0" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="635">
       <c r="A635" s="0" t="s">
-        <v>1196</v>
+        <v>1194</v>
       </c>
       <c r="B635" s="0" t="s">
-        <v>1197</v>
+        <v>1195</v>
       </c>
       <c r="C635" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="636">
       <c r="A636" s="0" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B636" s="0" t="s">
+        <v>1197</v>
+      </c>
+      <c r="C636" s="0" t="s">
         <v>1198</v>
-      </c>
-[...4 lines deleted...]
-        <v>1200</v>
       </c>
     </row>
     <row r="637">
       <c r="A637" s="0" t="s">
-        <v>1201</v>
+        <v>1199</v>
       </c>
       <c r="B637" s="0" t="s">
-        <v>1202</v>
+        <v>1200</v>
       </c>
       <c r="C637" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="638">
       <c r="A638" s="0" t="s">
-        <v>1203</v>
+        <v>1201</v>
       </c>
       <c r="B638" s="0" t="s">
-        <v>1204</v>
+        <v>1202</v>
       </c>
       <c r="C638" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="639">
       <c r="A639" s="0" t="s">
-        <v>1205</v>
+        <v>1203</v>
       </c>
       <c r="B639" s="0" t="s">
-        <v>1206</v>
+        <v>1204</v>
       </c>
       <c r="C639" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="640">
       <c r="A640" s="0" t="s">
-        <v>1207</v>
+        <v>1205</v>
       </c>
       <c r="B640" s="0" t="s">
         <v>177</v>
       </c>
       <c r="C640" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="641">
       <c r="A641" s="0" t="s">
-        <v>1208</v>
+        <v>1206</v>
       </c>
       <c r="B641" s="0" t="s">
         <v>177</v>
       </c>
       <c r="C641" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="642">
       <c r="A642" s="0" t="s">
-        <v>1209</v>
+        <v>1207</v>
       </c>
       <c r="B642" s="0" t="s">
-        <v>1210</v>
+        <v>1208</v>
       </c>
       <c r="C642" s="0" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="643">
       <c r="A643" s="0" t="s">
-        <v>1211</v>
+        <v>1209</v>
       </c>
       <c r="B643" s="0" t="s">
-        <v>1212</v>
+        <v>1210</v>
       </c>
       <c r="C643" s="0" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="644">
       <c r="A644" s="0" t="s">
-        <v>1213</v>
+        <v>1211</v>
       </c>
       <c r="B644" s="0" t="s">
-        <v>1214</v>
+        <v>1212</v>
       </c>
       <c r="C644" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="645">
       <c r="A645" s="0" t="s">
-        <v>1215</v>
+        <v>1213</v>
       </c>
       <c r="B645" s="0" t="s">
-        <v>1216</v>
+        <v>1214</v>
       </c>
       <c r="C645" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="646">
       <c r="A646" s="0" t="s">
-        <v>1217</v>
+        <v>1215</v>
       </c>
       <c r="B646" s="0" t="s">
-        <v>1218</v>
+        <v>1216</v>
       </c>
       <c r="C646" s="0" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="647">
       <c r="A647" s="0" t="s">
-        <v>1219</v>
+        <v>1217</v>
       </c>
       <c r="B647" s="0" t="s">
-        <v>1195</v>
+        <v>1193</v>
       </c>
       <c r="C647" s="0" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="648">
       <c r="A648" s="0" t="s">
-        <v>1220</v>
+        <v>1218</v>
       </c>
       <c r="B648" s="0" t="s">
-        <v>1221</v>
+        <v>1219</v>
       </c>
       <c r="C648" s="0" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="649">
       <c r="A649" s="0" t="s">
-        <v>1222</v>
+        <v>1220</v>
       </c>
       <c r="B649" s="0" t="s">
-        <v>1223</v>
+        <v>1221</v>
       </c>
       <c r="C649" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="650">
       <c r="A650" s="0" t="s">
-        <v>1224</v>
+        <v>1222</v>
       </c>
       <c r="B650" s="0" t="s">
         <v>156</v>
       </c>
       <c r="C650" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="651">
       <c r="A651" s="0" t="s">
-        <v>1225</v>
+        <v>1223</v>
       </c>
       <c r="B651" s="0" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="C651" s="0" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="652">
       <c r="A652" s="0" t="s">
-        <v>1226</v>
+        <v>1224</v>
       </c>
       <c r="B652" s="0" t="s">
-        <v>1227</v>
+        <v>1225</v>
       </c>
       <c r="C652" s="0" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="653">
       <c r="A653" s="0" t="s">
-        <v>1228</v>
+        <v>1226</v>
       </c>
       <c r="B653" s="0" t="s">
-        <v>1229</v>
+        <v>1227</v>
       </c>
       <c r="C653" s="0" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="654">
       <c r="A654" s="0" t="s">
-        <v>1230</v>
+        <v>1228</v>
       </c>
       <c r="B654" s="0" t="s">
-        <v>1231</v>
+        <v>1229</v>
       </c>
       <c r="C654" s="0" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="655">
       <c r="A655" s="0" t="s">
-        <v>1232</v>
+        <v>1230</v>
       </c>
       <c r="B655" s="0" t="s">
-        <v>1233</v>
+        <v>1231</v>
       </c>
       <c r="C655" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="656">
       <c r="A656" s="0" t="s">
-        <v>1234</v>
+        <v>1232</v>
       </c>
       <c r="B656" s="0" t="s">
-        <v>1235</v>
+        <v>1233</v>
       </c>
       <c r="C656" s="0" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="657">
       <c r="A657" s="0" t="s">
-        <v>1236</v>
+        <v>1234</v>
       </c>
       <c r="B657" s="0" t="s">
-        <v>1237</v>
+        <v>1235</v>
       </c>
       <c r="C657" s="0" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="658">
       <c r="A658" s="0" t="s">
-        <v>1238</v>
+        <v>1236</v>
       </c>
       <c r="B658" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C658" s="0" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="659">
       <c r="A659" s="0" t="s">
-        <v>1239</v>
+        <v>1237</v>
       </c>
       <c r="B659" s="0" t="s">
-        <v>1240</v>
+        <v>1238</v>
       </c>
       <c r="C659" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="660">
       <c r="A660" s="0" t="s">
-        <v>1241</v>
+        <v>1239</v>
       </c>
       <c r="B660" s="0" t="s">
-        <v>1242</v>
+        <v>1240</v>
       </c>
       <c r="C660" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="661">
       <c r="A661" s="0" t="s">
-        <v>1243</v>
+        <v>1241</v>
       </c>
       <c r="B661" s="0" t="s">
         <v>212</v>
       </c>
       <c r="C661" s="0" t="s">
         <v>854</v>
       </c>
     </row>
     <row r="662">
       <c r="A662" s="0" t="s">
-        <v>1244</v>
+        <v>1242</v>
       </c>
       <c r="B662" s="0" t="s">
-        <v>1245</v>
+        <v>1243</v>
       </c>
       <c r="C662" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="663">
       <c r="A663" s="0" t="s">
-        <v>1246</v>
+        <v>1244</v>
       </c>
       <c r="B663" s="0" t="s">
-        <v>1247</v>
+        <v>1245</v>
       </c>
       <c r="C663" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="664">
       <c r="A664" s="0" t="s">
-        <v>1248</v>
+        <v>1246</v>
       </c>
       <c r="B664" s="0" t="s">
-        <v>1249</v>
+        <v>1247</v>
       </c>
       <c r="C664" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="665">
       <c r="A665" s="0" t="s">
-        <v>1250</v>
+        <v>1248</v>
       </c>
       <c r="B665" s="0" t="s">
-        <v>1251</v>
+        <v>1249</v>
       </c>
       <c r="C665" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="666">
       <c r="A666" s="0" t="s">
-        <v>1252</v>
+        <v>1250</v>
       </c>
       <c r="B666" s="0" t="s">
         <v>161</v>
       </c>
       <c r="C666" s="0" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="667">
       <c r="A667" s="0" t="s">
-        <v>1253</v>
+        <v>1251</v>
       </c>
       <c r="B667" s="0" t="s">
-        <v>1254</v>
+        <v>1252</v>
       </c>
       <c r="C667" s="0" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="668">
       <c r="A668" s="0" t="s">
-        <v>1255</v>
+        <v>1253</v>
       </c>
       <c r="B668" s="0" t="s">
-        <v>1256</v>
+        <v>1254</v>
       </c>
       <c r="C668" s="0" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="669">
       <c r="A669" s="0" t="s">
-        <v>1257</v>
+        <v>1255</v>
       </c>
       <c r="B669" s="0" t="s">
-        <v>1258</v>
+        <v>1256</v>
       </c>
       <c r="C669" s="0" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="670">
       <c r="A670" s="0" t="s">
-        <v>1259</v>
+        <v>1257</v>
       </c>
       <c r="B670" s="0" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="C670" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="671">
       <c r="A671" s="0" t="s">
-        <v>1260</v>
+        <v>1258</v>
       </c>
       <c r="B671" s="0" t="s">
         <v>177</v>
       </c>
       <c r="C671" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="672">
       <c r="A672" s="0" t="s">
-        <v>1261</v>
+        <v>1259</v>
       </c>
       <c r="B672" s="0" t="s">
-        <v>1206</v>
+        <v>1204</v>
       </c>
       <c r="C672" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="673">
       <c r="A673" s="0" t="s">
-        <v>1262</v>
+        <v>1260</v>
       </c>
       <c r="B673" s="0" t="s">
-        <v>1263</v>
+        <v>1261</v>
       </c>
       <c r="C673" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="674">
       <c r="A674" s="0" t="s">
-        <v>1264</v>
+        <v>1262</v>
       </c>
       <c r="B674" s="0" t="s">
-        <v>1265</v>
+        <v>1263</v>
       </c>
       <c r="C674" s="0" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="675">
       <c r="A675" s="0" t="s">
-        <v>1266</v>
+        <v>1264</v>
       </c>
       <c r="B675" s="0" t="s">
         <v>912</v>
       </c>
       <c r="C675" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="676">
       <c r="A676" s="0" t="s">
-        <v>1267</v>
+        <v>1265</v>
       </c>
       <c r="B676" s="0" t="s">
-        <v>1268</v>
+        <v>1266</v>
       </c>
       <c r="C676" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="677">
       <c r="A677" s="0" t="s">
-        <v>1269</v>
+        <v>1267</v>
       </c>
       <c r="B677" s="0" t="s">
-        <v>1270</v>
+        <v>1268</v>
       </c>
       <c r="C677" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="678">
       <c r="A678" s="0" t="s">
-        <v>1271</v>
+        <v>1269</v>
       </c>
       <c r="B678" s="0" t="s">
-        <v>1272</v>
+        <v>1270</v>
       </c>
       <c r="C678" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="679">
       <c r="A679" s="0" t="s">
-        <v>1273</v>
+        <v>1271</v>
       </c>
       <c r="B679" s="0" t="s">
-        <v>1274</v>
+        <v>1272</v>
       </c>
       <c r="C679" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="680">
       <c r="A680" s="0" t="s">
-        <v>1275</v>
+        <v>1273</v>
       </c>
       <c r="B680" s="0" t="s">
-        <v>1276</v>
+        <v>1274</v>
       </c>
       <c r="C680" s="0" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="681">
       <c r="A681" s="0" t="s">
-        <v>1277</v>
+        <v>1275</v>
       </c>
       <c r="B681" s="0" t="s">
-        <v>1278</v>
+        <v>1276</v>
       </c>
       <c r="C681" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="682">
       <c r="A682" s="0" t="s">
-        <v>1279</v>
+        <v>1277</v>
       </c>
       <c r="B682" s="0" t="s">
-        <v>1280</v>
+        <v>1278</v>
       </c>
       <c r="C682" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="683">
       <c r="A683" s="0" t="s">
-        <v>1281</v>
+        <v>1279</v>
       </c>
       <c r="B683" s="0" t="s">
-        <v>1282</v>
+        <v>1280</v>
       </c>
       <c r="C683" s="0" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="684">
       <c r="A684" s="0" t="s">
-        <v>1283</v>
+        <v>1281</v>
       </c>
       <c r="B684" s="0" t="s">
-        <v>1284</v>
+        <v>1282</v>
       </c>
       <c r="C684" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="685">
       <c r="A685" s="0" t="s">
-        <v>1285</v>
+        <v>1283</v>
       </c>
       <c r="B685" s="0" t="s">
-        <v>1286</v>
+        <v>1284</v>
       </c>
       <c r="C685" s="0" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="686">
       <c r="A686" s="0" t="s">
-        <v>1287</v>
+        <v>1285</v>
       </c>
       <c r="B686" s="0" t="s">
-        <v>1288</v>
+        <v>1286</v>
       </c>
       <c r="C686" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="687">
       <c r="A687" s="0" t="s">
-        <v>1289</v>
+        <v>1287</v>
       </c>
       <c r="B687" s="0" t="s">
-        <v>1290</v>
+        <v>1288</v>
       </c>
       <c r="C687" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="688">
       <c r="A688" s="0" t="s">
-        <v>1291</v>
+        <v>1289</v>
       </c>
       <c r="B688" s="0" t="s">
-        <v>1292</v>
+        <v>1290</v>
       </c>
       <c r="C688" s="0" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="689">
       <c r="A689" s="0" t="s">
+        <v>1289</v>
+      </c>
+      <c r="B689" s="0" t="s">
         <v>1291</v>
-      </c>
-[...1 lines deleted...]
-        <v>1293</v>
       </c>
       <c r="C689" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="690">
       <c r="A690" s="0" t="s">
-        <v>1294</v>
+        <v>1292</v>
       </c>
       <c r="B690" s="0" t="s">
-        <v>1295</v>
+        <v>1293</v>
       </c>
       <c r="C690" s="0" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="691">
       <c r="A691" s="0" t="s">
-        <v>1296</v>
+        <v>1294</v>
       </c>
       <c r="B691" s="0" t="s">
-        <v>1297</v>
+        <v>1295</v>
       </c>
       <c r="C691" s="0" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="692">
       <c r="A692" s="0" t="s">
-        <v>1298</v>
+        <v>1296</v>
       </c>
       <c r="B692" s="0" t="s">
-        <v>1299</v>
+        <v>1297</v>
       </c>
       <c r="C692" s="0" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="693">
       <c r="A693" s="0" t="s">
-        <v>1300</v>
+        <v>1298</v>
       </c>
       <c r="B693" s="0" t="s">
-        <v>1301</v>
+        <v>1299</v>
       </c>
       <c r="C693" s="0" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="694">
       <c r="A694" s="0" t="s">
-        <v>1302</v>
+        <v>1300</v>
       </c>
       <c r="B694" s="0" t="s">
-        <v>1303</v>
+        <v>1301</v>
       </c>
       <c r="C694" s="0" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="695">
       <c r="A695" s="0" t="s">
-        <v>1304</v>
+        <v>1302</v>
       </c>
       <c r="B695" s="0" t="s">
-        <v>1305</v>
+        <v>1303</v>
       </c>
       <c r="C695" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="696">
       <c r="A696" s="0" t="s">
-        <v>1306</v>
+        <v>1304</v>
       </c>
       <c r="B696" s="0" t="s">
-        <v>1307</v>
+        <v>1305</v>
       </c>
       <c r="C696" s="0" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="697">
       <c r="A697" s="0" t="s">
-        <v>1308</v>
+        <v>1306</v>
       </c>
       <c r="B697" s="0" t="s">
         <v>78</v>
       </c>
       <c r="C697" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="698">
       <c r="A698" s="0" t="s">
-        <v>1309</v>
+        <v>1307</v>
       </c>
       <c r="B698" s="0" t="s">
         <v>113</v>
       </c>
       <c r="C698" s="0" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="699">
       <c r="A699" s="0" t="s">
-        <v>1310</v>
+        <v>1308</v>
       </c>
       <c r="B699" s="0" t="s">
-        <v>1311</v>
+        <v>1309</v>
       </c>
       <c r="C699" s="0" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="700">
       <c r="A700" s="0" t="s">
-        <v>1312</v>
+        <v>1310</v>
       </c>
       <c r="B700" s="0" t="s">
-        <v>1313</v>
+        <v>1311</v>
       </c>
       <c r="C700" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="701">
       <c r="A701" s="0" t="s">
-        <v>1314</v>
+        <v>1312</v>
       </c>
       <c r="B701" s="0" t="s">
-        <v>1315</v>
+        <v>1313</v>
       </c>
       <c r="C701" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="702">
       <c r="A702" s="0" t="s">
-        <v>1316</v>
+        <v>1314</v>
       </c>
       <c r="B702" s="0" t="s">
         <v>848</v>
       </c>
       <c r="C702" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="703">
       <c r="A703" s="0" t="s">
-        <v>1317</v>
+        <v>1315</v>
       </c>
       <c r="B703" s="0" t="s">
-        <v>1318</v>
+        <v>1316</v>
       </c>
       <c r="C703" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="704">
       <c r="A704" s="0" t="s">
-        <v>1319</v>
+        <v>1317</v>
       </c>
       <c r="B704" s="0" t="s">
         <v>177</v>
       </c>
       <c r="C704" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="705">
       <c r="A705" s="0" t="s">
-        <v>1320</v>
+        <v>1318</v>
       </c>
       <c r="B705" s="0" t="s">
         <v>937</v>
       </c>
       <c r="C705" s="0" t="s">
         <v>854</v>
       </c>
     </row>
     <row r="706">
       <c r="A706" s="0" t="s">
-        <v>1321</v>
+        <v>1319</v>
       </c>
       <c r="B706" s="0" t="s">
-        <v>1322</v>
+        <v>1320</v>
       </c>
       <c r="C706" s="0" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="707">
       <c r="A707" s="0" t="s">
+        <v>1321</v>
+      </c>
+      <c r="B707" s="0" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C707" s="0" t="s">
         <v>1323</v>
-      </c>
-[...4 lines deleted...]
-        <v>1325</v>
       </c>
     </row>
     <row r="708">
       <c r="A708" s="0" t="s">
-        <v>1326</v>
+        <v>1324</v>
       </c>
       <c r="B708" s="0" t="s">
         <v>177</v>
       </c>
       <c r="C708" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="709">
       <c r="A709" s="0" t="s">
-        <v>1327</v>
+        <v>1325</v>
       </c>
       <c r="B709" s="0" t="s">
-        <v>1328</v>
+        <v>1326</v>
       </c>
       <c r="C709" s="0" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="710">
       <c r="A710" s="0" t="s">
-        <v>1329</v>
+        <v>1327</v>
       </c>
       <c r="B710" s="0" t="s">
-        <v>1330</v>
+        <v>1328</v>
       </c>
       <c r="C710" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="711">
       <c r="A711" s="0" t="s">
-        <v>1331</v>
+        <v>1329</v>
       </c>
       <c r="B711" s="0" t="s">
-        <v>1332</v>
+        <v>1330</v>
       </c>
       <c r="C711" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="712">
       <c r="A712" s="0" t="s">
-        <v>1333</v>
+        <v>1331</v>
       </c>
       <c r="B712" s="0" t="s">
-        <v>1334</v>
+        <v>1332</v>
       </c>
       <c r="C712" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="713">
       <c r="A713" s="0" t="s">
-        <v>1335</v>
+        <v>1333</v>
       </c>
       <c r="B713" s="0" t="s">
-        <v>1336</v>
+        <v>1334</v>
       </c>
       <c r="C713" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="714">
       <c r="A714" s="0" t="s">
-        <v>1337</v>
+        <v>1335</v>
       </c>
       <c r="B714" s="0" t="s">
-        <v>1336</v>
+        <v>1334</v>
       </c>
       <c r="C714" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="715">
       <c r="A715" s="0" t="s">
-        <v>1338</v>
+        <v>1336</v>
       </c>
       <c r="B715" s="0" t="s">
-        <v>1339</v>
+        <v>1337</v>
       </c>
       <c r="C715" s="0" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="716">
       <c r="A716" s="0" t="s">
-        <v>1340</v>
+        <v>1338</v>
       </c>
       <c r="B716" s="0" t="s">
-        <v>1341</v>
+        <v>1339</v>
       </c>
       <c r="C716" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="717">
       <c r="A717" s="0" t="s">
-        <v>1342</v>
+        <v>1340</v>
       </c>
       <c r="B717" s="0" t="s">
-        <v>1343</v>
+        <v>1341</v>
       </c>
       <c r="C717" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="718">
       <c r="A718" s="0" t="s">
-        <v>1344</v>
+        <v>1342</v>
       </c>
       <c r="B718" s="0" t="s">
         <v>943</v>
       </c>
       <c r="C718" s="0" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="719">
       <c r="A719" s="0" t="s">
-        <v>1345</v>
+        <v>1343</v>
       </c>
       <c r="B719" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C719" s="0" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="720">
       <c r="A720" s="0" t="s">
-        <v>1346</v>
+        <v>1344</v>
       </c>
       <c r="B720" s="0" t="s">
-        <v>1347</v>
+        <v>1345</v>
       </c>
       <c r="C720" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="721">
       <c r="A721" s="0" t="s">
-        <v>1348</v>
+        <v>1346</v>
       </c>
       <c r="B721" s="0" t="s">
-        <v>1349</v>
+        <v>1347</v>
       </c>
       <c r="C721" s="0" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
     </row>
     <row r="722">
       <c r="A722" s="0" t="s">
-        <v>1350</v>
+        <v>1348</v>
       </c>
       <c r="B722" s="0" t="s">
-        <v>1351</v>
+        <v>1349</v>
       </c>
       <c r="C722" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="723">
       <c r="A723" s="0" t="s">
-        <v>1352</v>
+        <v>1350</v>
       </c>
       <c r="B723" s="0" t="s">
         <v>97</v>
       </c>
       <c r="C723" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="724">
       <c r="A724" s="0" t="s">
-        <v>1353</v>
+        <v>1351</v>
       </c>
       <c r="B724" s="0" t="s">
         <v>268</v>
       </c>
       <c r="C724" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="725">
       <c r="A725" s="0" t="s">
-        <v>1354</v>
+        <v>1352</v>
       </c>
       <c r="B725" s="0" t="s">
-        <v>1355</v>
+        <v>1353</v>
       </c>
       <c r="C725" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="726">
       <c r="A726" s="0" t="s">
-        <v>1356</v>
+        <v>1354</v>
       </c>
       <c r="B726" s="0" t="s">
-        <v>1357</v>
+        <v>1355</v>
       </c>
       <c r="C726" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="727">
       <c r="A727" s="0" t="s">
-        <v>1358</v>
+        <v>1356</v>
       </c>
       <c r="B727" s="0" t="s">
-        <v>1359</v>
+        <v>1357</v>
       </c>
       <c r="C727" s="0" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="728">
       <c r="A728" s="0" t="s">
-        <v>1360</v>
+        <v>1358</v>
       </c>
       <c r="B728" s="0" t="s">
         <v>59</v>
       </c>
       <c r="C728" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="729">
       <c r="A729" s="0" t="s">
-        <v>1361</v>
+        <v>1359</v>
       </c>
       <c r="B729" s="0" t="s">
-        <v>1362</v>
+        <v>1360</v>
       </c>
       <c r="C729" s="0" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="730">
       <c r="A730" s="0" t="s">
-        <v>1363</v>
+        <v>1361</v>
       </c>
       <c r="B730" s="0" t="s">
-        <v>1364</v>
+        <v>1362</v>
       </c>
       <c r="C730" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="731">
       <c r="A731" s="0" t="s">
-        <v>1365</v>
+        <v>1363</v>
       </c>
       <c r="B731" s="0" t="s">
-        <v>1366</v>
+        <v>1364</v>
       </c>
       <c r="C731" s="0" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="732">
       <c r="A732" s="0" t="s">
-        <v>1367</v>
+        <v>1365</v>
       </c>
       <c r="B732" s="0" t="s">
         <v>391</v>
       </c>
       <c r="C732" s="0" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="733">
       <c r="A733" s="0" t="s">
-        <v>1368</v>
+        <v>1366</v>
       </c>
       <c r="B733" s="0" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="C733" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="734">
       <c r="A734" s="0" t="s">
+        <v>1367</v>
+      </c>
+      <c r="B734" s="0" t="s">
+        <v>1368</v>
+      </c>
+      <c r="C734" s="0" t="s">
         <v>1369</v>
-      </c>
-[...4 lines deleted...]
-        <v>1371</v>
       </c>
     </row>
     <row r="735">
       <c r="A735" s="0" t="s">
-        <v>1372</v>
+        <v>1370</v>
       </c>
       <c r="B735" s="0" t="s">
-        <v>1373</v>
+        <v>1371</v>
       </c>
       <c r="C735" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="736">
       <c r="A736" s="0" t="s">
-        <v>1374</v>
+        <v>1372</v>
       </c>
       <c r="B736" s="0" t="s">
-        <v>1375</v>
+        <v>1373</v>
       </c>
       <c r="C736" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="737">
       <c r="A737" s="0" t="s">
-        <v>1376</v>
+        <v>1374</v>
       </c>
       <c r="B737" s="0" t="s">
-        <v>1377</v>
+        <v>1375</v>
       </c>
       <c r="C737" s="0" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="738">
       <c r="A738" s="0" t="s">
-        <v>1378</v>
+        <v>1376</v>
       </c>
       <c r="B738" s="0" t="s">
-        <v>1379</v>
+        <v>1377</v>
       </c>
       <c r="C738" s="0" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="739">
       <c r="A739" s="0" t="s">
-        <v>1380</v>
+        <v>1378</v>
       </c>
       <c r="B739" s="0" t="s">
-        <v>1381</v>
+        <v>1379</v>
       </c>
       <c r="C739" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="740">
       <c r="A740" s="0" t="s">
-        <v>1382</v>
+        <v>1380</v>
       </c>
       <c r="B740" s="0" t="s">
-        <v>1383</v>
+        <v>1381</v>
       </c>
       <c r="C740" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="741">
       <c r="A741" s="0" t="s">
-        <v>1384</v>
+        <v>1382</v>
       </c>
       <c r="B741" s="0" t="s">
-        <v>1385</v>
+        <v>1383</v>
       </c>
       <c r="C741" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="742">
       <c r="A742" s="0" t="s">
+        <v>1384</v>
+      </c>
+      <c r="B742" s="0" t="s">
+        <v>1385</v>
+      </c>
+      <c r="C742" s="0" t="s">
         <v>1386</v>
-      </c>
-[...4 lines deleted...]
-        <v>1388</v>
       </c>
     </row>
     <row r="743">
       <c r="A743" s="0" t="s">
-        <v>1389</v>
+        <v>1387</v>
       </c>
       <c r="B743" s="0" t="s">
-        <v>1390</v>
+        <v>1388</v>
       </c>
       <c r="C743" s="0" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="744">
       <c r="A744" s="0" t="s">
-        <v>1391</v>
+        <v>1389</v>
       </c>
       <c r="B744" s="0" t="s">
-        <v>1392</v>
+        <v>1390</v>
       </c>
       <c r="C744" s="0" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="745">
       <c r="A745" s="0" t="s">
-        <v>1393</v>
+        <v>1391</v>
       </c>
       <c r="B745" s="0" t="s">
         <v>177</v>
       </c>
       <c r="C745" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="746">
       <c r="A746" s="0" t="s">
-        <v>1394</v>
+        <v>1392</v>
       </c>
       <c r="B746" s="0" t="s">
-        <v>1395</v>
+        <v>1393</v>
       </c>
       <c r="C746" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="747">
       <c r="A747" s="0" t="s">
-        <v>1396</v>
+        <v>1394</v>
       </c>
       <c r="B747" s="0" t="s">
-        <v>1397</v>
+        <v>1395</v>
       </c>
       <c r="C747" s="0" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="748">
       <c r="A748" s="0" t="s">
-        <v>1398</v>
+        <v>1396</v>
       </c>
       <c r="B748" s="0" t="s">
-        <v>1399</v>
+        <v>1397</v>
       </c>
       <c r="C748" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="749">
       <c r="A749" s="0" t="s">
-        <v>1400</v>
+        <v>1398</v>
       </c>
       <c r="B749" s="0" t="s">
-        <v>1401</v>
+        <v>1399</v>
       </c>
       <c r="C749" s="0" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="750">
       <c r="A750" s="0" t="s">
-        <v>1402</v>
+        <v>1400</v>
       </c>
       <c r="B750" s="0" t="s">
-        <v>1403</v>
+        <v>1401</v>
       </c>
       <c r="C750" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="751">
       <c r="A751" s="0" t="s">
-        <v>1404</v>
+        <v>1402</v>
       </c>
       <c r="B751" s="0" t="s">
-        <v>1405</v>
+        <v>1403</v>
       </c>
       <c r="C751" s="0" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="752">
       <c r="A752" s="0" t="s">
-        <v>1406</v>
+        <v>1404</v>
       </c>
       <c r="B752" s="0" t="s">
-        <v>1357</v>
+        <v>817</v>
       </c>
       <c r="C752" s="0" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
     </row>
     <row r="753">
       <c r="A753" s="0" t="s">
-        <v>1407</v>
+        <v>1405</v>
       </c>
       <c r="B753" s="0" t="s">
         <v>59</v>
       </c>
       <c r="C753" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="754">
       <c r="A754" s="0" t="s">
-        <v>1408</v>
+        <v>1406</v>
       </c>
       <c r="B754" s="0" t="s">
-        <v>1409</v>
+        <v>1407</v>
       </c>
       <c r="C754" s="0" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="755">
       <c r="A755" s="0" t="s">
-        <v>1410</v>
+        <v>1408</v>
       </c>
       <c r="B755" s="0" t="s">
-        <v>1411</v>
+        <v>1409</v>
       </c>
       <c r="C755" s="0" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="756">
       <c r="A756" s="0" t="s">
-        <v>1412</v>
+        <v>1410</v>
       </c>
       <c r="B756" s="0" t="s">
-        <v>1413</v>
+        <v>1411</v>
       </c>
       <c r="C756" s="0" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
     </row>
     <row r="757">
       <c r="A757" s="0" t="s">
-        <v>1414</v>
+        <v>1412</v>
       </c>
       <c r="B757" s="0" t="s">
-        <v>1415</v>
+        <v>1413</v>
       </c>
       <c r="C757" s="0" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="758">
       <c r="A758" s="0" t="s">
-        <v>1416</v>
+        <v>1414</v>
       </c>
       <c r="B758" s="0" t="s">
-        <v>1417</v>
+        <v>1415</v>
       </c>
       <c r="C758" s="0" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="759">
       <c r="A759" s="0" t="s">
-        <v>1418</v>
+        <v>1416</v>
       </c>
       <c r="B759" s="0" t="s">
-        <v>1419</v>
+        <v>1417</v>
       </c>
       <c r="C759" s="0" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="760">
       <c r="A760" s="0" t="s">
-        <v>1420</v>
+        <v>1418</v>
       </c>
       <c r="B760" s="0" t="s">
-        <v>1421</v>
+        <v>1419</v>
       </c>
       <c r="C760" s="0" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="761">
       <c r="A761" s="0" t="s">
-        <v>1422</v>
+        <v>1420</v>
       </c>
       <c r="B761" s="0" t="s">
-        <v>1423</v>
+        <v>1421</v>
       </c>
       <c r="C761" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="762">
       <c r="A762" s="0" t="s">
-        <v>1424</v>
+        <v>1422</v>
       </c>
       <c r="B762" s="0" t="s">
-        <v>1425</v>
+        <v>1423</v>
       </c>
       <c r="C762" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="763">
       <c r="A763" s="0" t="s">
-        <v>1426</v>
+        <v>1424</v>
       </c>
       <c r="B763" s="0" t="s">
         <v>177</v>
       </c>
       <c r="C763" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="764">
       <c r="A764" s="0" t="s">
-        <v>1427</v>
+        <v>1425</v>
       </c>
       <c r="B764" s="0" t="s">
-        <v>1428</v>
+        <v>1426</v>
       </c>
       <c r="C764" s="0" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="765">
       <c r="A765" s="0" t="s">
-        <v>1429</v>
+        <v>1427</v>
       </c>
       <c r="B765" s="0" t="s">
-        <v>1430</v>
+        <v>1428</v>
       </c>
       <c r="C765" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="766">
       <c r="A766" s="0" t="s">
-        <v>1431</v>
+        <v>1429</v>
       </c>
       <c r="B766" s="0" t="s">
-        <v>1432</v>
+        <v>1430</v>
       </c>
       <c r="C766" s="0" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="767">
       <c r="A767" s="0" t="s">
-        <v>1433</v>
+        <v>1431</v>
       </c>
       <c r="B767" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C767" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="768">
       <c r="A768" s="0" t="s">
-        <v>1434</v>
+        <v>1432</v>
       </c>
       <c r="B768" s="0" t="s">
         <v>121</v>
       </c>
       <c r="C768" s="0" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="769">
       <c r="A769" s="0" t="s">
-        <v>1435</v>
+        <v>1433</v>
       </c>
       <c r="B769" s="0" t="s">
-        <v>1436</v>
+        <v>1434</v>
       </c>
       <c r="C769" s="0" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="770">
       <c r="A770" s="0" t="s">
-        <v>1437</v>
+        <v>1435</v>
       </c>
       <c r="B770" s="0" t="s">
-        <v>1438</v>
+        <v>1436</v>
       </c>
       <c r="C770" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="771">
       <c r="A771" s="0" t="s">
-        <v>1439</v>
+        <v>1437</v>
       </c>
       <c r="B771" s="0" t="s">
-        <v>1440</v>
+        <v>1438</v>
       </c>
       <c r="C771" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="772">
       <c r="A772" s="0" t="s">
-        <v>1441</v>
+        <v>1439</v>
       </c>
       <c r="B772" s="0" t="s">
-        <v>1442</v>
+        <v>1440</v>
       </c>
       <c r="C772" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="773">
       <c r="A773" s="0" t="s">
-        <v>1443</v>
+        <v>1441</v>
       </c>
       <c r="B773" s="0" t="s">
-        <v>1444</v>
+        <v>1442</v>
       </c>
       <c r="C773" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="774">
       <c r="A774" s="0" t="s">
-        <v>1445</v>
+        <v>1443</v>
       </c>
       <c r="B774" s="0" t="s">
-        <v>1446</v>
+        <v>1444</v>
       </c>
       <c r="C774" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="775">
       <c r="A775" s="0" t="s">
-        <v>1447</v>
+        <v>1445</v>
       </c>
       <c r="B775" s="0" t="s">
         <v>161</v>
       </c>
       <c r="C775" s="0" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="776">
       <c r="A776" s="0" t="s">
-        <v>1448</v>
+        <v>1446</v>
       </c>
       <c r="B776" s="0" t="s">
-        <v>1449</v>
+        <v>1447</v>
       </c>
       <c r="C776" s="0" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="777">
       <c r="A777" s="0" t="s">
-        <v>1450</v>
+        <v>1448</v>
       </c>
       <c r="B777" s="0" t="s">
         <v>370</v>
       </c>
       <c r="C777" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="778">
       <c r="A778" s="0" t="s">
-        <v>1451</v>
+        <v>1449</v>
       </c>
       <c r="B778" s="0" t="s">
-        <v>1452</v>
+        <v>1450</v>
       </c>
       <c r="C778" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="779">
       <c r="A779" s="0" t="s">
-        <v>1453</v>
+        <v>1451</v>
       </c>
       <c r="B779" s="0" t="s">
         <v>228</v>
       </c>
       <c r="C779" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="780">
       <c r="A780" s="0" t="s">
-        <v>1454</v>
+        <v>1452</v>
       </c>
       <c r="B780" s="0" t="s">
         <v>391</v>
       </c>
       <c r="C780" s="0" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="781">
       <c r="A781" s="0" t="s">
-        <v>1455</v>
+        <v>1453</v>
       </c>
       <c r="B781" s="0" t="s">
-        <v>1456</v>
+        <v>1454</v>
       </c>
       <c r="C781" s="0" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="782">
       <c r="A782" s="0" t="s">
-        <v>1457</v>
+        <v>1455</v>
       </c>
       <c r="B782" s="0" t="s">
-        <v>1458</v>
+        <v>1456</v>
       </c>
       <c r="C782" s="0" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
     </row>
     <row r="783">
       <c r="A783" s="0" t="s">
-        <v>1459</v>
+        <v>1457</v>
       </c>
       <c r="B783" s="0" t="s">
         <v>59</v>
       </c>
       <c r="C783" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="784">
       <c r="A784" s="0" t="s">
-        <v>1460</v>
+        <v>1458</v>
       </c>
       <c r="B784" s="0" t="s">
-        <v>1461</v>
+        <v>1459</v>
       </c>
       <c r="C784" s="0" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="785">
       <c r="A785" s="0" t="s">
-        <v>1462</v>
+        <v>1460</v>
       </c>
       <c r="B785" s="0" t="s">
-        <v>1463</v>
+        <v>1461</v>
       </c>
       <c r="C785" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="786">
       <c r="A786" s="0" t="s">
-        <v>1464</v>
+        <v>1462</v>
       </c>
       <c r="B786" s="0" t="s">
-        <v>1465</v>
+        <v>1463</v>
       </c>
       <c r="C786" s="0" t="s">
-        <v>1325</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="787">
       <c r="A787" s="0" t="s">
-        <v>1466</v>
+        <v>1464</v>
       </c>
       <c r="B787" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C787" s="0" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="788">
       <c r="A788" s="0" t="s">
-        <v>1467</v>
+        <v>1465</v>
       </c>
       <c r="B788" s="0" t="s">
         <v>156</v>
       </c>
       <c r="C788" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="789">
       <c r="A789" s="0" t="s">
-        <v>1468</v>
+        <v>1466</v>
       </c>
       <c r="B789" s="0" t="s">
         <v>156</v>
       </c>
       <c r="C789" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="790">
       <c r="A790" s="0" t="s">
-        <v>1469</v>
+        <v>1467</v>
       </c>
       <c r="B790" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C790" s="0" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="791">
       <c r="A791" s="0" t="s">
-        <v>1470</v>
+        <v>1468</v>
       </c>
       <c r="B791" s="0" t="s">
         <v>156</v>
       </c>
       <c r="C791" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="792">
       <c r="A792" s="0" t="s">
-        <v>1471</v>
+        <v>1469</v>
       </c>
       <c r="B792" s="0" t="s">
-        <v>1472</v>
+        <v>1470</v>
       </c>
       <c r="C792" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="793">
       <c r="A793" s="0" t="s">
-        <v>1473</v>
+        <v>1471</v>
       </c>
       <c r="B793" s="0" t="s">
-        <v>1474</v>
+        <v>1472</v>
       </c>
       <c r="C793" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="794">
       <c r="A794" s="0" t="s">
-        <v>1475</v>
+        <v>1473</v>
       </c>
       <c r="B794" s="0" t="s">
-        <v>1476</v>
+        <v>1474</v>
       </c>
       <c r="C794" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="795">
       <c r="A795" s="0" t="s">
-        <v>1477</v>
+        <v>1475</v>
       </c>
       <c r="B795" s="0" t="s">
-        <v>1478</v>
+        <v>1476</v>
       </c>
       <c r="C795" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="796">
       <c r="A796" s="0" t="s">
-        <v>1479</v>
+        <v>1477</v>
       </c>
       <c r="B796" s="0" t="s">
-        <v>1480</v>
+        <v>1478</v>
       </c>
       <c r="C796" s="0" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="797">
       <c r="A797" s="0" t="s">
-        <v>1481</v>
+        <v>1479</v>
       </c>
       <c r="B797" s="0" t="s">
-        <v>1482</v>
+        <v>1480</v>
       </c>
       <c r="C797" s="0" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="798">
       <c r="A798" s="0" t="s">
-        <v>1483</v>
+        <v>1481</v>
       </c>
       <c r="B798" s="0" t="s">
-        <v>1484</v>
+        <v>1482</v>
       </c>
       <c r="C798" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="799">
       <c r="A799" s="0" t="s">
-        <v>1485</v>
+        <v>1483</v>
       </c>
       <c r="B799" s="0" t="s">
-        <v>1486</v>
+        <v>1484</v>
       </c>
       <c r="C799" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="800">
       <c r="A800" s="0" t="s">
-        <v>1487</v>
+        <v>1485</v>
       </c>
       <c r="B800" s="0" t="s">
-        <v>1488</v>
+        <v>1486</v>
       </c>
       <c r="C800" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="801">
       <c r="A801" s="0" t="s">
-        <v>1489</v>
+        <v>1487</v>
       </c>
       <c r="B801" s="0" t="s">
-        <v>1490</v>
+        <v>1488</v>
       </c>
       <c r="C801" s="0" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="802">
       <c r="A802" s="0" t="s">
-        <v>1491</v>
+        <v>1489</v>
       </c>
       <c r="B802" s="0" t="s">
-        <v>1492</v>
+        <v>1490</v>
       </c>
       <c r="C802" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="803">
       <c r="A803" s="0" t="s">
-        <v>1493</v>
+        <v>1491</v>
       </c>
       <c r="B803" s="0" t="s">
-        <v>1494</v>
+        <v>1492</v>
       </c>
       <c r="C803" s="0" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="804">
       <c r="A804" s="0" t="s">
-        <v>1495</v>
+        <v>1493</v>
       </c>
       <c r="B804" s="0" t="s">
-        <v>1496</v>
+        <v>1494</v>
       </c>
       <c r="C804" s="0" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="805">
       <c r="A805" s="0" t="s">
-        <v>1497</v>
+        <v>1495</v>
       </c>
       <c r="B805" s="0" t="s">
-        <v>1498</v>
+        <v>1496</v>
       </c>
       <c r="C805" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="806">
       <c r="A806" s="0" t="s">
-        <v>1499</v>
+        <v>1497</v>
       </c>
       <c r="B806" s="0" t="s">
-        <v>1500</v>
+        <v>1498</v>
       </c>
       <c r="C806" s="0" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="807">
       <c r="A807" s="0" t="s">
-        <v>1501</v>
+        <v>1499</v>
       </c>
       <c r="B807" s="0" t="s">
-        <v>1502</v>
+        <v>1500</v>
       </c>
       <c r="C807" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="808">
       <c r="A808" s="0" t="s">
-        <v>1503</v>
+        <v>1501</v>
       </c>
       <c r="B808" s="0" t="s">
-        <v>1504</v>
+        <v>1502</v>
       </c>
       <c r="C808" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="809">
       <c r="A809" s="0" t="s">
-        <v>1505</v>
+        <v>1503</v>
       </c>
       <c r="B809" s="0" t="s">
-        <v>1506</v>
+        <v>1504</v>
       </c>
       <c r="C809" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="810">
       <c r="A810" s="0" t="s">
-        <v>1507</v>
+        <v>1505</v>
       </c>
       <c r="B810" s="0" t="s">
-        <v>1508</v>
+        <v>1506</v>
       </c>
       <c r="C810" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="811">
       <c r="A811" s="0" t="s">
-        <v>1509</v>
+        <v>1507</v>
       </c>
       <c r="B811" s="0" t="s">
-        <v>1510</v>
+        <v>1508</v>
       </c>
       <c r="C811" s="0" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="812">
       <c r="A812" s="0" t="s">
-        <v>1511</v>
+        <v>1509</v>
       </c>
       <c r="B812" s="0" t="s">
-        <v>1512</v>
+        <v>1510</v>
       </c>
       <c r="C812" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="813">
       <c r="A813" s="0" t="s">
-        <v>1513</v>
+        <v>1511</v>
       </c>
       <c r="B813" s="0" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="C813" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="814">
       <c r="A814" s="0" t="s">
-        <v>1514</v>
+        <v>1512</v>
       </c>
       <c r="B814" s="0" t="s">
-        <v>1515</v>
+        <v>1513</v>
       </c>
       <c r="C814" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="815">
       <c r="A815" s="0" t="s">
-        <v>1516</v>
+        <v>1514</v>
       </c>
       <c r="B815" s="0" t="s">
         <v>156</v>
       </c>
       <c r="C815" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="816">
       <c r="A816" s="0" t="s">
-        <v>1517</v>
+        <v>1515</v>
       </c>
       <c r="B816" s="0" t="s">
-        <v>1518</v>
+        <v>1516</v>
       </c>
       <c r="C816" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="817">
       <c r="A817" s="0" t="s">
-        <v>1519</v>
+        <v>1517</v>
       </c>
       <c r="B817" s="0" t="s">
-        <v>1520</v>
+        <v>1518</v>
       </c>
       <c r="C817" s="0" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
     </row>
     <row r="818">
       <c r="A818" s="0" t="s">
-        <v>1521</v>
+        <v>1519</v>
       </c>
       <c r="B818" s="0" t="s">
-        <v>1206</v>
+        <v>1204</v>
       </c>
       <c r="C818" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="819">
       <c r="A819" s="0" t="s">
-        <v>1522</v>
+        <v>1520</v>
       </c>
       <c r="B819" s="0" t="s">
-        <v>1523</v>
+        <v>1521</v>
       </c>
       <c r="C819" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="820">
       <c r="A820" s="0" t="s">
-        <v>1524</v>
+        <v>1522</v>
       </c>
       <c r="B820" s="0" t="s">
-        <v>1525</v>
+        <v>1523</v>
       </c>
       <c r="C820" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="821">
       <c r="A821" s="0" t="s">
-        <v>1526</v>
+        <v>1524</v>
       </c>
       <c r="B821" s="0" t="s">
-        <v>1527</v>
+        <v>1525</v>
       </c>
       <c r="C821" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="822">
       <c r="A822" s="0" t="s">
-        <v>1528</v>
+        <v>1526</v>
       </c>
       <c r="B822" s="0" t="s">
         <v>156</v>
       </c>
       <c r="C822" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="823">
       <c r="A823" s="0" t="s">
-        <v>1529</v>
+        <v>1527</v>
       </c>
       <c r="B823" s="0" t="s">
-        <v>1530</v>
+        <v>1528</v>
       </c>
       <c r="C823" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="824">
       <c r="A824" s="0" t="s">
-        <v>1531</v>
+        <v>1529</v>
       </c>
       <c r="B824" s="0" t="s">
         <v>945</v>
       </c>
       <c r="C824" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="825">
       <c r="A825" s="0" t="s">
-        <v>1532</v>
+        <v>1530</v>
       </c>
       <c r="B825" s="0" t="s">
-        <v>1533</v>
+        <v>1531</v>
       </c>
       <c r="C825" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="826">
       <c r="A826" s="0" t="s">
-        <v>1534</v>
+        <v>1532</v>
       </c>
       <c r="B826" s="0" t="s">
-        <v>1535</v>
+        <v>1533</v>
       </c>
       <c r="C826" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="827">
       <c r="A827" s="0" t="s">
-        <v>1536</v>
+        <v>1534</v>
       </c>
       <c r="B827" s="0" t="s">
-        <v>1537</v>
+        <v>1535</v>
       </c>
       <c r="C827" s="0" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="828">
       <c r="A828" s="0" t="s">
-        <v>1538</v>
+        <v>1536</v>
       </c>
       <c r="B828" s="0" t="s">
-        <v>1539</v>
+        <v>1537</v>
       </c>
       <c r="C828" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="829">
       <c r="A829" s="0" t="s">
-        <v>1540</v>
+        <v>1538</v>
       </c>
       <c r="B829" s="0" t="s">
-        <v>1541</v>
+        <v>1539</v>
       </c>
       <c r="C829" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="830">
       <c r="A830" s="0" t="s">
-        <v>1542</v>
+        <v>1540</v>
       </c>
       <c r="B830" s="0" t="s">
         <v>943</v>
       </c>
       <c r="C830" s="0" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="831">
       <c r="A831" s="0" t="s">
+        <v>1541</v>
+      </c>
+      <c r="B831" s="0" t="s">
+        <v>1542</v>
+      </c>
+      <c r="C831" s="0" t="s">
         <v>1543</v>
-      </c>
-[...4 lines deleted...]
-        <v>1545</v>
       </c>
     </row>
     <row r="832">
       <c r="A832" s="0" t="s">
-        <v>1546</v>
+        <v>1544</v>
       </c>
       <c r="B832" s="0" t="s">
         <v>230</v>
       </c>
       <c r="C832" s="0" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
     </row>
     <row r="833">
       <c r="A833" s="0" t="s">
-        <v>1547</v>
+        <v>1545</v>
       </c>
       <c r="B833" s="0" t="s">
-        <v>1548</v>
+        <v>1546</v>
       </c>
       <c r="C833" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="834">
       <c r="A834" s="0" t="s">
-        <v>1549</v>
+        <v>1547</v>
       </c>
       <c r="B834" s="0" t="s">
         <v>59</v>
       </c>
       <c r="C834" s="0" t="s">
         <v>59</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>